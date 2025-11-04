--- v0 (2025-10-04)
+++ v1 (2025-11-04)
@@ -1,344 +1,340 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="001946E0" w:rsidRPr="001946E0" w:rsidRDefault="001946E0" w:rsidP="001946E0">
+    <w:p w14:paraId="63B1CF75" w14:textId="77777777" w:rsidR="001946E0" w:rsidRPr="001946E0" w:rsidRDefault="001946E0" w:rsidP="001946E0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001946E0">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>MITTIUNIVERSITETET</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005464F2" w:rsidRDefault="001946E0" w:rsidP="001946E0">
+    <w:p w14:paraId="3770AF58" w14:textId="77777777" w:rsidR="005464F2" w:rsidRDefault="001946E0" w:rsidP="001946E0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001946E0">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Ekonomiavdelningen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005464F2" w:rsidRPr="005464F2" w:rsidRDefault="005E4F4E" w:rsidP="001946E0">
+    <w:p w14:paraId="790395C3" w14:textId="7772F395" w:rsidR="005464F2" w:rsidRPr="005464F2" w:rsidRDefault="005E4F4E" w:rsidP="001946E0">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="005464F2">
         <w:t>2017-03-21</w:t>
       </w:r>
       <w:r w:rsidR="005464F2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001C3EB2">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">rev </w:t>
       </w:r>
-      <w:r w:rsidR="00830EC1">
+      <w:r w:rsidR="00C02A1A">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>2021-</w:t>
-[...26 lines deleted...]
-    <w:p w:rsidR="001946E0" w:rsidRDefault="000B4369" w:rsidP="000B4369">
+        <w:t>2025-10-29</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19954F08" w14:textId="77777777" w:rsidR="000B7226" w:rsidRPr="001946E0" w:rsidRDefault="000B7226" w:rsidP="001946E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10059CAF" w14:textId="77777777" w:rsidR="001946E0" w:rsidRDefault="001946E0" w:rsidP="001946E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42589095" w14:textId="77777777" w:rsidR="001946E0" w:rsidRDefault="001946E0"/>
+    <w:p w14:paraId="5AAF8802" w14:textId="77777777" w:rsidR="001946E0" w:rsidRDefault="001946E0"/>
+    <w:p w14:paraId="1B019370" w14:textId="77777777" w:rsidR="001946E0" w:rsidRDefault="001946E0"/>
+    <w:p w14:paraId="2681F9F1" w14:textId="77777777" w:rsidR="001946E0" w:rsidRDefault="000B4369" w:rsidP="000B4369">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1632"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001946E0" w:rsidRDefault="001946E0"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="001946E0" w:rsidRDefault="00DC0434" w:rsidP="00DC0434">
+    <w:p w14:paraId="635E6C9D" w14:textId="77777777" w:rsidR="001946E0" w:rsidRDefault="001946E0"/>
+    <w:p w14:paraId="3879A99D" w14:textId="77777777" w:rsidR="001946E0" w:rsidRDefault="001946E0"/>
+    <w:p w14:paraId="2E6CB910" w14:textId="77777777" w:rsidR="001946E0" w:rsidRDefault="00DC0434" w:rsidP="00DC0434">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2928"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001946E0" w:rsidRDefault="001946E0"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="001946E0" w:rsidRPr="00412878" w:rsidRDefault="00B60FB3" w:rsidP="00412878">
+    <w:p w14:paraId="1C046A2A" w14:textId="77777777" w:rsidR="001946E0" w:rsidRDefault="001946E0"/>
+    <w:p w14:paraId="70698E71" w14:textId="77777777" w:rsidR="001946E0" w:rsidRDefault="001946E0"/>
+    <w:p w14:paraId="1C8A864E" w14:textId="77777777" w:rsidR="001946E0" w:rsidRPr="00412878" w:rsidRDefault="00B60FB3" w:rsidP="00412878">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00412878">
         <w:rPr>
           <w:b/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
         <w:t>Dokumentation budgetering</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B60FB3" w:rsidRPr="00412878" w:rsidRDefault="00B60FB3" w:rsidP="00412878">
+    <w:p w14:paraId="094F1E8E" w14:textId="77777777" w:rsidR="00B60FB3" w:rsidRPr="00412878" w:rsidRDefault="00B60FB3" w:rsidP="00412878">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00412878">
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3021D4B4" wp14:editId="1CE9BFEE">
             <wp:extent cx="2829560" cy="836930"/>
             <wp:effectExtent l="19050" t="0" r="8890" b="0"/>
             <wp:docPr id="5" name="Bild 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2829560" cy="836930"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F11A33" w:rsidRPr="00412878" w:rsidRDefault="00F11A33" w:rsidP="00412878">
+    <w:p w14:paraId="3B53D440" w14:textId="77777777" w:rsidR="00F11A33" w:rsidRPr="00412878" w:rsidRDefault="00F11A33" w:rsidP="00412878">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00412878">
         <w:rPr>
           <w:b/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
         <w:t>personalkostnader</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001946E0" w:rsidRDefault="001946E0" w:rsidP="001946E0">
+    <w:p w14:paraId="1A026A9A" w14:textId="77777777" w:rsidR="001946E0" w:rsidRDefault="001946E0" w:rsidP="001946E0">
       <w:pPr>
         <w:ind w:firstLine="1304"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001946E0" w:rsidRDefault="001946E0"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="006D02A4" w:rsidRDefault="006D02A4" w:rsidP="001946E0">
+    <w:p w14:paraId="69C05721" w14:textId="77777777" w:rsidR="001946E0" w:rsidRDefault="001946E0"/>
+    <w:p w14:paraId="12DB8E3E" w14:textId="77777777" w:rsidR="001946E0" w:rsidRDefault="001946E0"/>
+    <w:p w14:paraId="0BECA0AA" w14:textId="77777777" w:rsidR="001946E0" w:rsidRDefault="001946E0"/>
+    <w:p w14:paraId="0FDC5FD2" w14:textId="77777777" w:rsidR="001946E0" w:rsidRDefault="001946E0"/>
+    <w:p w14:paraId="1454A866" w14:textId="77777777" w:rsidR="001946E0" w:rsidRDefault="001946E0"/>
+    <w:p w14:paraId="0ECD11DF" w14:textId="77777777" w:rsidR="001946E0" w:rsidRDefault="001946E0"/>
+    <w:p w14:paraId="6C33500E" w14:textId="77777777" w:rsidR="001946E0" w:rsidRDefault="001946E0"/>
+    <w:p w14:paraId="07932432" w14:textId="77777777" w:rsidR="001946E0" w:rsidRDefault="001946E0"/>
+    <w:p w14:paraId="32E0566D" w14:textId="77777777" w:rsidR="001946E0" w:rsidRDefault="001946E0"/>
+    <w:p w14:paraId="63605947" w14:textId="77777777" w:rsidR="001946E0" w:rsidRDefault="001946E0"/>
+    <w:p w14:paraId="024DF627" w14:textId="77777777" w:rsidR="008C6636" w:rsidRDefault="008C6636"/>
+    <w:p w14:paraId="03E8E53A" w14:textId="77777777" w:rsidR="001946E0" w:rsidRDefault="001946E0"/>
+    <w:p w14:paraId="18AE9840" w14:textId="77777777" w:rsidR="001946E0" w:rsidRDefault="001946E0"/>
+    <w:p w14:paraId="7D137FDE" w14:textId="77777777" w:rsidR="001946E0" w:rsidRDefault="001946E0"/>
+    <w:p w14:paraId="701D542E" w14:textId="77777777" w:rsidR="006D02A4" w:rsidRDefault="006D02A4" w:rsidP="001946E0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006D02A4" w:rsidRDefault="006D02A4" w:rsidP="001946E0">
+    <w:p w14:paraId="303359EE" w14:textId="77777777" w:rsidR="006D02A4" w:rsidRDefault="006D02A4" w:rsidP="001946E0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:id w:val="4625002"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w:rsidR="006D02A4" w:rsidRDefault="006D02A4">
+        <w:p w14:paraId="3D0DC49F" w14:textId="77777777" w:rsidR="006D02A4" w:rsidRDefault="006D02A4">
           <w:pPr>
             <w:pStyle w:val="Innehllsfrteckningsrubrik"/>
           </w:pPr>
           <w:r>
             <w:t>Innehåll</w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="00830EC1" w:rsidRDefault="00973DB4">
+        <w:p w14:paraId="543CD456" w14:textId="77777777" w:rsidR="00830EC1" w:rsidRDefault="00973DB4">
           <w:pPr>
             <w:pStyle w:val="Innehll1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="440"/>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:lang w:eastAsia="sv-SE"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="006D02A4">
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:hyperlink w:anchor="_Toc84930054" w:history="1">
             <w:r w:rsidR="00830EC1" w:rsidRPr="001A08F7">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
@@ -389,1793 +385,1793 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00830EC1">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00830EC1">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00830EC1">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidR="00830EC1" w:rsidRDefault="008158D9">
+        <w:p w14:paraId="3CAAD982" w14:textId="77777777" w:rsidR="00830EC1" w:rsidRDefault="00830EC1">
           <w:pPr>
             <w:pStyle w:val="Innehll1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="440"/>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:lang w:eastAsia="sv-SE"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc84930055" w:history="1">
-            <w:r w:rsidR="00830EC1" w:rsidRPr="001A08F7">
+            <w:r w:rsidRPr="001A08F7">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00830EC1" w:rsidRPr="001A08F7">
+            <w:r w:rsidRPr="001A08F7">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Budgetering av personal</w:t>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc84930055 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidR="00830EC1" w:rsidRDefault="008158D9">
+        <w:p w14:paraId="01672A25" w14:textId="77777777" w:rsidR="00830EC1" w:rsidRDefault="00830EC1">
           <w:pPr>
             <w:pStyle w:val="Innehll1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="440"/>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:lang w:eastAsia="sv-SE"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc84930056" w:history="1">
-            <w:r w:rsidR="00830EC1" w:rsidRPr="001A08F7">
+            <w:r w:rsidRPr="001A08F7">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00830EC1" w:rsidRPr="001A08F7">
+            <w:r w:rsidRPr="001A08F7">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Uppstart budget/prognos</w:t>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc84930056 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidR="00830EC1" w:rsidRDefault="008158D9">
+        <w:p w14:paraId="6DC87FB7" w14:textId="77777777" w:rsidR="00830EC1" w:rsidRDefault="00830EC1">
           <w:pPr>
             <w:pStyle w:val="Innehll1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="440"/>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:lang w:eastAsia="sv-SE"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc84930057" w:history="1">
-            <w:r w:rsidR="00830EC1" w:rsidRPr="001A08F7">
+            <w:r w:rsidRPr="001A08F7">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00830EC1" w:rsidRPr="001A08F7">
+            <w:r w:rsidRPr="001A08F7">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Personalbudget</w:t>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc84930057 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidR="00830EC1" w:rsidRDefault="008158D9">
+        <w:p w14:paraId="3FD88B1D" w14:textId="77777777" w:rsidR="00830EC1" w:rsidRDefault="00830EC1">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:lang w:eastAsia="sv-SE"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc84930058" w:history="1">
-            <w:r w:rsidR="00830EC1" w:rsidRPr="001A08F7">
+            <w:r w:rsidRPr="001A08F7">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.1 Översikt</w:t>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc84930058 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidR="00830EC1" w:rsidRDefault="008158D9">
+        <w:p w14:paraId="715DB1AC" w14:textId="77777777" w:rsidR="00830EC1" w:rsidRDefault="00830EC1">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:lang w:eastAsia="sv-SE"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc84930059" w:history="1">
-            <w:r w:rsidR="00830EC1" w:rsidRPr="001A08F7">
+            <w:r w:rsidRPr="001A08F7">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.2 Lön och tillägg</w:t>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc84930059 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidR="00830EC1" w:rsidRDefault="008158D9">
+        <w:p w14:paraId="32760108" w14:textId="77777777" w:rsidR="00830EC1" w:rsidRDefault="00830EC1">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:lang w:eastAsia="sv-SE"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc84930060" w:history="1">
-            <w:r w:rsidR="00830EC1" w:rsidRPr="001A08F7">
+            <w:r w:rsidRPr="001A08F7">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.3 Tjänsteomfattning</w:t>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc84930060 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidR="00830EC1" w:rsidRDefault="008158D9">
+        <w:p w14:paraId="741258F5" w14:textId="77777777" w:rsidR="00830EC1" w:rsidRDefault="00830EC1">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:lang w:eastAsia="sv-SE"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc84930061" w:history="1">
-            <w:r w:rsidR="00830EC1" w:rsidRPr="001A08F7">
+            <w:r w:rsidRPr="001A08F7">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.4 Frånvaro</w:t>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc84930061 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidR="00830EC1" w:rsidRDefault="008158D9">
+        <w:p w14:paraId="7EEBB306" w14:textId="77777777" w:rsidR="00830EC1" w:rsidRDefault="00830EC1">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:lang w:eastAsia="sv-SE"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc84930062" w:history="1">
-            <w:r w:rsidR="00830EC1" w:rsidRPr="001A08F7">
+            <w:r w:rsidRPr="001A08F7">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.5 Kontering av egen personal</w:t>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc84930062 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidR="00830EC1" w:rsidRDefault="008158D9">
+        <w:p w14:paraId="333FEF7B" w14:textId="77777777" w:rsidR="00830EC1" w:rsidRDefault="00830EC1">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:lang w:eastAsia="sv-SE"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc84930063" w:history="1">
-            <w:r w:rsidR="00830EC1" w:rsidRPr="001A08F7">
+            <w:r w:rsidRPr="001A08F7">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.6 [Import – kontering]</w:t>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc84930063 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidR="00830EC1" w:rsidRDefault="008158D9">
+        <w:p w14:paraId="36D316BA" w14:textId="77777777" w:rsidR="00830EC1" w:rsidRDefault="00830EC1">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:lang w:eastAsia="sv-SE"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc84930064" w:history="1">
-            <w:r w:rsidR="00830EC1" w:rsidRPr="001A08F7">
+            <w:r w:rsidRPr="001A08F7">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.7 Inlånad personal</w:t>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc84930064 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidR="00830EC1" w:rsidRDefault="008158D9">
+        <w:p w14:paraId="5B1BBDA1" w14:textId="77777777" w:rsidR="00830EC1" w:rsidRDefault="00830EC1">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:lang w:eastAsia="sv-SE"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc84930065" w:history="1">
-            <w:r w:rsidR="00830EC1" w:rsidRPr="001A08F7">
+            <w:r w:rsidRPr="001A08F7">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.8 In- och utlån</w:t>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc84930065 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidR="00830EC1" w:rsidRDefault="008158D9">
+        <w:p w14:paraId="52469E15" w14:textId="77777777" w:rsidR="00830EC1" w:rsidRDefault="00830EC1">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:lang w:eastAsia="sv-SE"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc84930066" w:history="1">
-            <w:r w:rsidR="00830EC1" w:rsidRPr="001A08F7">
+            <w:r w:rsidRPr="001A08F7">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.9 Anställning</w:t>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc84930066 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidR="00830EC1" w:rsidRDefault="008158D9">
+        <w:p w14:paraId="7A2B683D" w14:textId="77777777" w:rsidR="00830EC1" w:rsidRDefault="00830EC1">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:lang w:eastAsia="sv-SE"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc84930067" w:history="1">
-            <w:r w:rsidR="00830EC1" w:rsidRPr="001A08F7">
+            <w:r w:rsidRPr="001A08F7">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.10 Kommentarer</w:t>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc84930067 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidR="00830EC1" w:rsidRDefault="008158D9">
+        <w:p w14:paraId="6E4AD97A" w14:textId="77777777" w:rsidR="00830EC1" w:rsidRDefault="00830EC1">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:lang w:eastAsia="sv-SE"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc84930068" w:history="1">
-            <w:r w:rsidR="00830EC1" w:rsidRPr="001A08F7">
+            <w:r w:rsidRPr="001A08F7">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.11 Kontroll</w:t>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc84930068 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidR="00830EC1" w:rsidRDefault="008158D9">
+        <w:p w14:paraId="48861E1F" w14:textId="77777777" w:rsidR="00830EC1" w:rsidRDefault="00830EC1">
           <w:pPr>
             <w:pStyle w:val="Innehll1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:lang w:eastAsia="sv-SE"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc84930069" w:history="1">
-            <w:r w:rsidR="00830EC1" w:rsidRPr="001A08F7">
+            <w:r w:rsidRPr="001A08F7">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5. Budgetering av uppsagd personal</w:t>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc84930069 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidR="00830EC1" w:rsidRDefault="008158D9">
+        <w:p w14:paraId="5C3E6E64" w14:textId="77777777" w:rsidR="00830EC1" w:rsidRDefault="00830EC1">
           <w:pPr>
             <w:pStyle w:val="Innehll1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:lang w:eastAsia="sv-SE"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc84930070" w:history="1">
-            <w:r w:rsidR="00830EC1" w:rsidRPr="001A08F7">
+            <w:r w:rsidRPr="001A08F7">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>6. Klarmarkering och ev flödeskommentar</w:t>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc84930070 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidR="00830EC1" w:rsidRDefault="008158D9">
+        <w:p w14:paraId="621DD814" w14:textId="77777777" w:rsidR="00830EC1" w:rsidRDefault="00830EC1">
           <w:pPr>
             <w:pStyle w:val="Innehll1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:lang w:eastAsia="sv-SE"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc84930071" w:history="1">
-            <w:r w:rsidR="00830EC1" w:rsidRPr="001A08F7">
+            <w:r w:rsidRPr="001A08F7">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>7. Godkännande</w:t>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc84930071 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidR="00830EC1" w:rsidRDefault="008158D9">
+        <w:p w14:paraId="2DF76ABB" w14:textId="77777777" w:rsidR="00830EC1" w:rsidRDefault="00830EC1">
           <w:pPr>
             <w:pStyle w:val="Innehll1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:lang w:eastAsia="sv-SE"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc84930072" w:history="1">
-            <w:r w:rsidR="00830EC1" w:rsidRPr="001A08F7">
+            <w:r w:rsidRPr="001A08F7">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>8. Översikt total avdelning i samband med upprättande av budget/prognos</w:t>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc84930072 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidR="00830EC1" w:rsidRDefault="008158D9">
+        <w:p w14:paraId="07C65E41" w14:textId="77777777" w:rsidR="00830EC1" w:rsidRDefault="00830EC1">
           <w:pPr>
             <w:pStyle w:val="Innehll1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:lang w:eastAsia="sv-SE"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc84930073" w:history="1">
-            <w:r w:rsidR="00830EC1" w:rsidRPr="001A08F7">
+            <w:r w:rsidRPr="001A08F7">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>9. Exempel budgetering nyanställd personal</w:t>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc84930073 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidR="00830EC1" w:rsidRDefault="008158D9">
+        <w:p w14:paraId="601AA0AE" w14:textId="77777777" w:rsidR="00830EC1" w:rsidRDefault="00830EC1">
           <w:pPr>
             <w:pStyle w:val="Innehll1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:lang w:eastAsia="sv-SE"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc84930074" w:history="1">
-            <w:r w:rsidR="00830EC1" w:rsidRPr="001A08F7">
+            <w:r w:rsidRPr="001A08F7">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>10. Prognosmodell personalkostnader i Hypergene</w:t>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc84930074 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidR="00830EC1" w:rsidRDefault="008158D9">
+        <w:p w14:paraId="78930E78" w14:textId="77777777" w:rsidR="00830EC1" w:rsidRDefault="00830EC1">
           <w:pPr>
             <w:pStyle w:val="Innehll1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:lang w:eastAsia="sv-SE"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc84930075" w:history="1">
-            <w:r w:rsidR="00830EC1" w:rsidRPr="001A08F7">
+            <w:r w:rsidRPr="001A08F7">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>11. Rapport - Budget och prognos</w:t>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc84930075 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidR="00830EC1" w:rsidRDefault="008158D9">
+        <w:p w14:paraId="3C9F1AF0" w14:textId="77777777" w:rsidR="00830EC1" w:rsidRDefault="00830EC1">
           <w:pPr>
             <w:pStyle w:val="Innehll1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:lang w:eastAsia="sv-SE"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc84930076" w:history="1">
-            <w:r w:rsidR="00830EC1" w:rsidRPr="001A08F7">
+            <w:r w:rsidRPr="001A08F7">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>12. Uppföljning utfall anställd mot budget/prognos</w:t>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc84930076 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
-            <w:r w:rsidR="00830EC1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidR="006D02A4" w:rsidRDefault="00973DB4">
+        <w:p w14:paraId="3ED94114" w14:textId="77777777" w:rsidR="006D02A4" w:rsidRDefault="00973DB4">
           <w:r>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w:rsidR="006D02A4" w:rsidRPr="006D02A4" w:rsidRDefault="006D02A4" w:rsidP="006D02A4">
+    <w:p w14:paraId="2FA27894" w14:textId="77777777" w:rsidR="006D02A4" w:rsidRPr="006D02A4" w:rsidRDefault="006D02A4" w:rsidP="006D02A4">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D02A4" w:rsidRDefault="006D02A4" w:rsidP="001946E0">
+    <w:p w14:paraId="06F89737" w14:textId="77777777" w:rsidR="006D02A4" w:rsidRDefault="006D02A4" w:rsidP="001946E0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006D02A4" w:rsidRDefault="006D02A4" w:rsidP="001946E0">
+    <w:p w14:paraId="09CDDD78" w14:textId="77777777" w:rsidR="006D02A4" w:rsidRDefault="006D02A4" w:rsidP="001946E0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006D02A4" w:rsidRDefault="006D02A4" w:rsidP="001946E0">
+    <w:p w14:paraId="39B5F8D2" w14:textId="77777777" w:rsidR="006D02A4" w:rsidRDefault="006D02A4" w:rsidP="001946E0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006D02A4" w:rsidRDefault="006D02A4" w:rsidP="001946E0">
+    <w:p w14:paraId="15175AEC" w14:textId="77777777" w:rsidR="006D02A4" w:rsidRDefault="006D02A4" w:rsidP="001946E0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006D02A4" w:rsidRDefault="006D02A4" w:rsidP="001946E0">
+    <w:p w14:paraId="3C07BFEA" w14:textId="77777777" w:rsidR="006D02A4" w:rsidRDefault="006D02A4" w:rsidP="001946E0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006D02A4" w:rsidRDefault="006D02A4" w:rsidP="001946E0">
+    <w:p w14:paraId="105A45FC" w14:textId="77777777" w:rsidR="006D02A4" w:rsidRDefault="006D02A4" w:rsidP="001946E0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006D02A4" w:rsidRDefault="006D02A4" w:rsidP="001946E0">
+    <w:p w14:paraId="723B7D15" w14:textId="77777777" w:rsidR="006D02A4" w:rsidRDefault="006D02A4" w:rsidP="001946E0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006D02A4" w:rsidRDefault="006D02A4" w:rsidP="001946E0">
+    <w:p w14:paraId="6F3A72BB" w14:textId="77777777" w:rsidR="006D02A4" w:rsidRDefault="006D02A4" w:rsidP="001946E0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005C45E2" w:rsidRPr="005C45E2" w:rsidRDefault="005C45E2" w:rsidP="005C45E2">
+    <w:p w14:paraId="3050638D" w14:textId="77777777" w:rsidR="005C45E2" w:rsidRPr="005C45E2" w:rsidRDefault="005C45E2" w:rsidP="005C45E2">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc84930054"/>
+      <w:bookmarkStart w:id="0" w:name="_Toc84930054"/>
       <w:r w:rsidRPr="005C45E2">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Inlogg</w:t>
       </w:r>
       <w:r w:rsidR="002212E2">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>ning</w:t>
       </w:r>
       <w:r w:rsidRPr="005C45E2">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> budgetverktyg</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00695011" w:rsidRDefault="00695011" w:rsidP="00695011">
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="1707D631" w14:textId="77777777" w:rsidR="00695011" w:rsidRDefault="00695011" w:rsidP="00695011">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251736064" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E102A35" wp14:editId="7D30187B">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251736064" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4E74CC53" wp14:editId="71CF7533">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-201295</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>2649855</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1440180" cy="373380"/>
                 <wp:effectExtent l="0" t="0" r="26670" b="26670"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Ellips 2" hidden="1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1440180" cy="373380"/>
                         </a:xfrm>
                         <a:prstGeom prst="ellipse">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
@@ -2220,2110 +2216,1970 @@
               </v:oval>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Åtkomst till Hypergene sker enklast efter att ha loggat in som användare på Mittuniversitetet. Ladda därefter ner ikonen för Hypergene under </w:t>
       </w:r>
       <w:r w:rsidRPr="00685304">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
         </w:rPr>
         <w:t>verktyg</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00695011" w:rsidRDefault="00695011" w:rsidP="00695011">
+    <w:p w14:paraId="22B0D198" w14:textId="77777777" w:rsidR="00695011" w:rsidRDefault="00695011" w:rsidP="00695011">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="39280FCF" wp14:editId="50F34C0B">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3ED018B1" wp14:editId="50501F2F">
             <wp:extent cx="2724150" cy="2181225"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="11" name="Bildobjekt 11"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2724150" cy="2181225"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00695011" w:rsidRDefault="00695011" w:rsidP="00695011">
+    <w:p w14:paraId="74658C1B" w14:textId="77777777" w:rsidR="00695011" w:rsidRDefault="00695011" w:rsidP="00695011">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00695011" w:rsidRDefault="00695011" w:rsidP="00695011">
+    <w:p w14:paraId="76BCEA7B" w14:textId="77777777" w:rsidR="00695011" w:rsidRDefault="00695011" w:rsidP="00695011">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Länk till Hypergene; </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="00355A2A">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://hypergene.miun.se/hypergene</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00695011" w:rsidRDefault="00695011" w:rsidP="00695011">
+    <w:p w14:paraId="487C687E" w14:textId="77777777" w:rsidR="00695011" w:rsidRDefault="00695011" w:rsidP="00695011">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00695011" w:rsidRDefault="00695011" w:rsidP="00695011">
+    <w:p w14:paraId="67C194B2" w14:textId="77777777" w:rsidR="00695011" w:rsidRDefault="00695011" w:rsidP="00695011">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00213363">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>För övergripande allmän information</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> (även inloggning)</w:t>
       </w:r>
       <w:r w:rsidRPr="00213363">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> gällan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>de budget i Hypergene se Hypergene-information på Mittuniversitetets medarbetarportal.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00695011" w:rsidRDefault="008158D9" w:rsidP="00695011">
+    <w:p w14:paraId="08725239" w14:textId="77777777" w:rsidR="00695011" w:rsidRDefault="00695011" w:rsidP="00695011">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidR="00695011" w:rsidRPr="00685304">
+        <w:r w:rsidRPr="00685304">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.miun.se/medarbetare/gemensamt/Ekonomifragor/budget-och-prognos/hypergene/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00695011" w:rsidRDefault="00695011" w:rsidP="002B2325">
-[...4 lines deleted...]
-    <w:p w:rsidR="009948B5" w:rsidRDefault="00E95D22" w:rsidP="005C45E2">
+    <w:p w14:paraId="24C91B37" w14:textId="77777777" w:rsidR="00695011" w:rsidRDefault="00695011" w:rsidP="002B2325">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5225E3E6" w14:textId="77777777" w:rsidR="009948B5" w:rsidRDefault="00E95D22" w:rsidP="005C45E2">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Toc84930055"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc84930055"/>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidR="009948B5" w:rsidRPr="00562FCB">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>udgetering av personal</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="006E4BA5" w:rsidRDefault="006E4BA5" w:rsidP="009948B5">
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w14:paraId="12A4BD02" w14:textId="77777777" w:rsidR="006E4BA5" w:rsidRDefault="006E4BA5" w:rsidP="009948B5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54F3B005" w14:textId="77777777" w:rsidR="006E4BA5" w:rsidRDefault="006E4BA5" w:rsidP="009948B5">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>I uppgiften personal hanteras kostnader direkt kopplade till lön.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E4BA5" w:rsidRDefault="006E4BA5" w:rsidP="006E4BA5">
+    <w:p w14:paraId="23B495CC" w14:textId="77777777" w:rsidR="006E4BA5" w:rsidRDefault="006E4BA5" w:rsidP="006E4BA5">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>Centralt laddas initialt personaldata från personalsystemet</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E4BA5" w:rsidRDefault="006E4BA5" w:rsidP="006E4BA5">
+    <w:p w14:paraId="61E36EC0" w14:textId="77777777" w:rsidR="006E4BA5" w:rsidRDefault="006E4BA5" w:rsidP="006E4BA5">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>Centralt satta löneökningar appliceras</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E4BA5" w:rsidRDefault="00E95D22" w:rsidP="006E4BA5">
+    <w:p w14:paraId="6D1CAC11" w14:textId="77777777" w:rsidR="006E4BA5" w:rsidRDefault="00E95D22" w:rsidP="006E4BA5">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>LKP appliceras baserat på centralt uppsatta procentsatser per ålder. LKP påverkas automatiskt vid förändringar av personalbudgetposter</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E95D22" w:rsidRDefault="00E95D22" w:rsidP="006E4BA5">
+    <w:p w14:paraId="0001ECBC" w14:textId="77777777" w:rsidR="00E95D22" w:rsidRDefault="00E95D22" w:rsidP="006E4BA5">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>En översikt visas i form av en resultaträkning med jämförelser mot utfall/budget från föregående år</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E95D22" w:rsidRDefault="00E95D22" w:rsidP="006E4BA5">
+    <w:p w14:paraId="64E392C7" w14:textId="77777777" w:rsidR="00E95D22" w:rsidRDefault="00E95D22" w:rsidP="006E4BA5">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>I personalbudgeten hanteras förändringar (jämfört med initialt laddade uppgifter) av personalstyrkan av budgetansvarig</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E95D22" w:rsidRDefault="00E95D22" w:rsidP="00E95D22">
+    <w:p w14:paraId="0982DC20" w14:textId="77777777" w:rsidR="00E95D22" w:rsidRDefault="00E95D22" w:rsidP="00E95D22">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>Månadslön</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E95D22" w:rsidRDefault="00E95D22" w:rsidP="00E95D22">
+    <w:p w14:paraId="7C437450" w14:textId="77777777" w:rsidR="00E95D22" w:rsidRDefault="00E95D22" w:rsidP="00E95D22">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>Tjänsteomfattning</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003B1174" w:rsidRDefault="003B1174" w:rsidP="00E95D22">
+    <w:p w14:paraId="42D22636" w14:textId="77777777" w:rsidR="003B1174" w:rsidRDefault="003B1174" w:rsidP="00E95D22">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>Frånvaro</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E95D22" w:rsidRDefault="00E95D22" w:rsidP="00E95D22">
+    <w:p w14:paraId="1310B6EB" w14:textId="77777777" w:rsidR="00E95D22" w:rsidRDefault="00E95D22" w:rsidP="00E95D22">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>Kontering</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E95D22" w:rsidRDefault="00E95D22" w:rsidP="00E95D22">
+    <w:p w14:paraId="03460BEC" w14:textId="77777777" w:rsidR="00E95D22" w:rsidRDefault="00E95D22" w:rsidP="00E95D22">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>Nyanställningar</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E95D22" w:rsidRDefault="00E95D22" w:rsidP="00E95D22">
+    <w:p w14:paraId="31441934" w14:textId="77777777" w:rsidR="00E95D22" w:rsidRDefault="00E95D22" w:rsidP="00E95D22">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>Lönetillägg och arvodister</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E95D22" w:rsidRDefault="00E95D22" w:rsidP="00E95D22">
+    <w:p w14:paraId="1C87A9C6" w14:textId="77777777" w:rsidR="00E95D22" w:rsidRDefault="00E95D22" w:rsidP="00E95D22">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>Personalen hanteras på den hemvist personen tillhör</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E95D22" w:rsidRDefault="00E95D22" w:rsidP="00E95D22">
+    <w:p w14:paraId="1B88DF28" w14:textId="77777777" w:rsidR="00E95D22" w:rsidRDefault="00E95D22" w:rsidP="00E95D22">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>Om en person ska lånas ut till en annan avdelning/</w:t>
       </w:r>
       <w:r w:rsidR="00695011">
         <w:t>institution</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> så hanteras det av budgetansvarig för den avdelning</w:t>
       </w:r>
       <w:r w:rsidR="00695011">
         <w:t>/institution</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> där den anställde har sin hemvist</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E95D22" w:rsidRDefault="00E95D22" w:rsidP="00E95D22">
+    <w:p w14:paraId="6CE5CD48" w14:textId="77777777" w:rsidR="00E95D22" w:rsidRDefault="00E95D22" w:rsidP="00E95D22">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>Inlånad personal visas på separat flik som stöd</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E4BA5" w:rsidRDefault="006E4BA5" w:rsidP="009948B5">
-[...4 lines deleted...]
-    <w:p w:rsidR="004934A1" w:rsidRDefault="009948B5" w:rsidP="009948B5">
+    <w:p w14:paraId="4701357F" w14:textId="77777777" w:rsidR="006E4BA5" w:rsidRDefault="006E4BA5" w:rsidP="009948B5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="146E2A2C" w14:textId="1A577CBB" w:rsidR="004934A1" w:rsidRDefault="009948B5" w:rsidP="009948B5">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Inläsning av </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> sker </w:t>
+        <w:t>Inläsning av P</w:t>
+      </w:r>
+      <w:r w:rsidR="004E2A7B">
+        <w:t>rimula</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">filer sker </w:t>
       </w:r>
       <w:r w:rsidR="008D6219">
         <w:t xml:space="preserve">i anslutning till att </w:t>
       </w:r>
       <w:r w:rsidR="008D6219" w:rsidRPr="005C45E2">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">budgetprocessen </w:t>
       </w:r>
       <w:r w:rsidR="008D6219">
-        <w:t xml:space="preserve">startas upp. För att underlätta budgetering är det därför en fördel om den data som ligger i </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>startas upp. För att underlätta budgetering är det därför en fördel om den data som ligger i P</w:t>
+      </w:r>
+      <w:r w:rsidR="004E2A7B">
+        <w:t>rimula</w:t>
+      </w:r>
       <w:r w:rsidR="008D6219">
         <w:t xml:space="preserve"> är så uppdaterad som möjligt.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004934A1">
         <w:t xml:space="preserve">För indata samt aktuell </w:t>
       </w:r>
       <w:r w:rsidR="004934A1" w:rsidRPr="004934A1">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>prognosmodell</w:t>
       </w:r>
       <w:r w:rsidR="002B2325">
         <w:t xml:space="preserve"> se vidare avsnitt 18</w:t>
       </w:r>
       <w:r w:rsidR="004934A1">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009948B5" w:rsidRDefault="009948B5" w:rsidP="009948B5">
+    <w:p w14:paraId="61549613" w14:textId="77777777" w:rsidR="009948B5" w:rsidRDefault="009948B5" w:rsidP="009948B5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009948B5" w:rsidRPr="005D5B24" w:rsidRDefault="000D7DDD" w:rsidP="009948B5">
+    <w:p w14:paraId="050E4AAC" w14:textId="77777777" w:rsidR="009948B5" w:rsidRPr="005D5B24" w:rsidRDefault="000D7DDD" w:rsidP="009948B5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>Hemvist</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B7226" w:rsidRDefault="00C20794" w:rsidP="009948B5">
+    <w:p w14:paraId="10534DF4" w14:textId="77777777" w:rsidR="000B7226" w:rsidRDefault="00C20794" w:rsidP="009948B5">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>Budgetansvarig på respektive avdelning ansvarar för att budgetera all personal med hemvist på avdelningen</w:t>
       </w:r>
       <w:r w:rsidR="000D7DDD">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Detta gäller </w:t>
       </w:r>
       <w:r w:rsidR="007746F9">
         <w:t>också</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> vid utlåning av personal till annan avdelning även om kostnaden då budge</w:t>
       </w:r>
       <w:r w:rsidR="007746F9">
         <w:t>teras mot en annan avdelning</w:t>
       </w:r>
       <w:r w:rsidR="000D7DDD">
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidR="005C184A">
         <w:t>I budgetp</w:t>
       </w:r>
       <w:r w:rsidR="002B2325">
         <w:t>rocessen får endast överenskommen</w:t>
       </w:r>
       <w:r w:rsidR="005C184A">
         <w:t xml:space="preserve"> utlånad (och inlånad) personal budgeteras. </w:t>
       </w:r>
       <w:r w:rsidR="005C184A" w:rsidRPr="005C184A">
         <w:t>Kontering av utlånad personal har därmed också en tidigare deadline än slutlig budget, eftersom detta påverkar personaldata för den avdelning som har motsvarande inlånad personal.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000208C7" w:rsidRPr="000208C7" w:rsidRDefault="000208C7" w:rsidP="009948B5">
+    <w:p w14:paraId="66E23639" w14:textId="77777777" w:rsidR="000208C7" w:rsidRPr="000208C7" w:rsidRDefault="000208C7" w:rsidP="009948B5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000208C7" w:rsidRPr="005C45E2" w:rsidRDefault="000208C7" w:rsidP="009948B5">
+    <w:p w14:paraId="0F470579" w14:textId="77777777" w:rsidR="000208C7" w:rsidRPr="005C45E2" w:rsidRDefault="000208C7" w:rsidP="009948B5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C45E2">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>Revidering indata</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000208C7" w:rsidRPr="005C45E2" w:rsidRDefault="00DE00B1" w:rsidP="009948B5">
+    <w:p w14:paraId="32A9A17D" w14:textId="3090DAD0" w:rsidR="000208C7" w:rsidRPr="005C45E2" w:rsidRDefault="00DE00B1" w:rsidP="009948B5">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="005C45E2">
-        <w:t xml:space="preserve">Vid inläsning av personaldata från </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Vid inläsning av personaldata från P</w:t>
+      </w:r>
+      <w:r w:rsidR="004E2A7B">
+        <w:t>rimula</w:t>
+      </w:r>
       <w:r w:rsidRPr="005C45E2">
         <w:t xml:space="preserve"> kan personal ingå som inte ska medräknas för budgetåret. Befintlig, </w:t>
       </w:r>
       <w:r w:rsidR="005C45E2" w:rsidRPr="005C45E2">
         <w:t>inläst personal kan inte rader</w:t>
       </w:r>
       <w:r w:rsidRPr="005C45E2">
         <w:t>as. Däremot kan anställningsprocent och/eller månadslön nollas ut.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0052693D" w:rsidRPr="005C45E2" w:rsidRDefault="0052693D" w:rsidP="009948B5">
-[...4 lines deleted...]
-    <w:p w:rsidR="0055031A" w:rsidRPr="005C45E2" w:rsidRDefault="0055031A" w:rsidP="009948B5">
+    <w:p w14:paraId="30A50A88" w14:textId="77777777" w:rsidR="0052693D" w:rsidRPr="005C45E2" w:rsidRDefault="0052693D" w:rsidP="009948B5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4691E03E" w14:textId="77777777" w:rsidR="0055031A" w:rsidRPr="005C45E2" w:rsidRDefault="0055031A" w:rsidP="009948B5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C45E2">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Byte </w:t>
       </w:r>
       <w:r w:rsidR="002B2325">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>organisationsenhet</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0052693D" w:rsidRPr="005C45E2" w:rsidRDefault="00B94ACB" w:rsidP="009948B5">
+    <w:p w14:paraId="65548662" w14:textId="7C0CC290" w:rsidR="0052693D" w:rsidRPr="005C45E2" w:rsidRDefault="00B94ACB" w:rsidP="009948B5">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="005C45E2">
         <w:t>När</w:t>
       </w:r>
       <w:r w:rsidR="0052693D" w:rsidRPr="005C45E2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002B2325">
         <w:t>organisationsenhet</w:t>
       </w:r>
       <w:r w:rsidR="0052693D" w:rsidRPr="005C45E2">
         <w:t xml:space="preserve"> byts ut för budgetåret och personalen in</w:t>
       </w:r>
       <w:r w:rsidRPr="005C45E2">
         <w:t xml:space="preserve">te hunnit omföras till nytt </w:t>
       </w:r>
       <w:r w:rsidR="002B2325">
         <w:t>organisationsenhet</w:t>
       </w:r>
       <w:r w:rsidR="0052693D" w:rsidRPr="005C45E2">
-        <w:t xml:space="preserve"> i </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> i P</w:t>
+      </w:r>
+      <w:r w:rsidR="004E2A7B">
+        <w:t>rimula</w:t>
+      </w:r>
       <w:r w:rsidR="0052693D" w:rsidRPr="005C45E2">
         <w:t xml:space="preserve"> för budgetåret måste nya och gamla organisationsnumren finnas med när bud</w:t>
       </w:r>
       <w:r w:rsidRPr="005C45E2">
         <w:t xml:space="preserve">get upprättas. Personalen </w:t>
       </w:r>
       <w:r w:rsidR="002B2325">
         <w:t>nollas ut på gamla organisationsenhets</w:t>
       </w:r>
       <w:r w:rsidRPr="005C45E2">
         <w:t xml:space="preserve">numret </w:t>
       </w:r>
       <w:r w:rsidR="0052693D" w:rsidRPr="005C45E2">
         <w:t xml:space="preserve">genom att konteras </w:t>
       </w:r>
       <w:r w:rsidR="00E95D22">
         <w:t>som utlånad</w:t>
       </w:r>
       <w:r w:rsidRPr="005C45E2">
         <w:t xml:space="preserve"> personal på nya organisations</w:t>
       </w:r>
       <w:r w:rsidR="002B2325">
         <w:t>enheten</w:t>
       </w:r>
       <w:r w:rsidR="00E95D22">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009948B5" w:rsidRPr="005C184A" w:rsidRDefault="009948B5" w:rsidP="009948B5">
-[...4 lines deleted...]
-    <w:p w:rsidR="00425EA2" w:rsidRDefault="00425EA2" w:rsidP="00326C2C">
+    <w:p w14:paraId="76B451F6" w14:textId="77777777" w:rsidR="009948B5" w:rsidRPr="005C184A" w:rsidRDefault="009948B5" w:rsidP="009948B5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EB94DF0" w14:textId="77777777" w:rsidR="00425EA2" w:rsidRDefault="00425EA2" w:rsidP="00326C2C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>Budgetering på ännu ej avtalade projekt</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00425EA2" w:rsidRDefault="00425EA2" w:rsidP="00425EA2">
+    <w:p w14:paraId="25EFEEE5" w14:textId="77777777" w:rsidR="00425EA2" w:rsidRDefault="00425EA2" w:rsidP="00425EA2">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>För budgetering på ännu ej avtalade projekt har speciella projektnummer lagt</w:t>
       </w:r>
       <w:r w:rsidR="008C6636">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> upp med koppling t</w:t>
       </w:r>
       <w:r w:rsidR="003B1174">
         <w:t>ill samtliga verksamheter 110-23</w:t>
       </w:r>
       <w:r>
         <w:t>1. (Verksamhet 110 används för eventuella projekt för studieavgifter).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A15923" w:rsidRDefault="00A15923" w:rsidP="00425EA2">
-[...4 lines deleted...]
-    <w:p w:rsidR="00425EA2" w:rsidRDefault="00425EA2" w:rsidP="00425EA2">
+    <w:p w14:paraId="00AC80AA" w14:textId="77777777" w:rsidR="00A15923" w:rsidRDefault="00A15923" w:rsidP="00425EA2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74D0B972" w14:textId="77777777" w:rsidR="00425EA2" w:rsidRDefault="00425EA2" w:rsidP="00425EA2">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>Projektnummer för detta är:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1555"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="5103"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A15923" w:rsidRPr="00A15923" w:rsidTr="00B514AA">
+      <w:tr w:rsidR="00A15923" w:rsidRPr="00A15923" w14:paraId="56F01EE1" w14:textId="77777777" w:rsidTr="00B514AA">
         <w:trPr>
           <w:trHeight w:val="392"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A15923" w:rsidRPr="00A15923" w:rsidRDefault="00A15923" w:rsidP="00A15923">
+          <w:p w14:paraId="06673365" w14:textId="77777777" w:rsidR="00A15923" w:rsidRPr="00A15923" w:rsidRDefault="00A15923" w:rsidP="00A15923">
             <w:pPr>
               <w:spacing w:before="60" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A15923">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t xml:space="preserve">Verksamhet </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A15923" w:rsidRPr="00A15923" w:rsidRDefault="00A15923" w:rsidP="00A15923">
+          <w:p w14:paraId="402B54C7" w14:textId="77777777" w:rsidR="00A15923" w:rsidRPr="00A15923" w:rsidRDefault="00A15923" w:rsidP="00A15923">
             <w:pPr>
               <w:spacing w:before="60" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A15923">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t>Projektnummer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A15923" w:rsidRPr="00A15923" w:rsidRDefault="00A15923" w:rsidP="00A15923">
+          <w:p w14:paraId="59601AC7" w14:textId="77777777" w:rsidR="00A15923" w:rsidRPr="00A15923" w:rsidRDefault="00A15923" w:rsidP="00A15923">
             <w:pPr>
               <w:spacing w:before="60" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A15923">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t>Avser</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A15923" w:rsidRPr="00A15923" w:rsidTr="00B514AA">
+      <w:tr w:rsidR="00A15923" w:rsidRPr="00A15923" w14:paraId="7E050024" w14:textId="77777777" w:rsidTr="00B514AA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A15923" w:rsidRPr="00B514AA" w:rsidRDefault="00A15923" w:rsidP="005B03ED">
+          <w:p w14:paraId="54DD8EBB" w14:textId="77777777" w:rsidR="00A15923" w:rsidRPr="00B514AA" w:rsidRDefault="00A15923" w:rsidP="005B03ED">
             <w:r w:rsidRPr="00B514AA">
               <w:t>110-231</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A15923" w:rsidRPr="00B514AA" w:rsidRDefault="00A15923" w:rsidP="005B03ED">
+          <w:p w14:paraId="52B9727A" w14:textId="77777777" w:rsidR="00A15923" w:rsidRPr="00B514AA" w:rsidRDefault="00A15923" w:rsidP="005B03ED">
             <w:r w:rsidRPr="00B514AA">
               <w:t>299950-59</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A15923" w:rsidRPr="00B514AA" w:rsidRDefault="00A15923" w:rsidP="00DC0434">
+          <w:p w14:paraId="2F69844B" w14:textId="77777777" w:rsidR="00A15923" w:rsidRPr="00B514AA" w:rsidRDefault="00A15923" w:rsidP="00DC0434">
             <w:r w:rsidRPr="00B514AA">
               <w:t>Projektnummer som antas starta kvartal 2 (</w:t>
             </w:r>
             <w:r w:rsidR="00DC0434">
               <w:t>oktober</w:t>
             </w:r>
             <w:r w:rsidRPr="00B514AA">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A15923" w:rsidRPr="00A15923" w:rsidTr="00B514AA">
+      <w:tr w:rsidR="00A15923" w:rsidRPr="00A15923" w14:paraId="3FED61C9" w14:textId="77777777" w:rsidTr="00B514AA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A15923" w:rsidRPr="00B514AA" w:rsidRDefault="00A15923" w:rsidP="005B03ED">
+          <w:p w14:paraId="20E36F8C" w14:textId="77777777" w:rsidR="00A15923" w:rsidRPr="00B514AA" w:rsidRDefault="00A15923" w:rsidP="005B03ED">
             <w:r w:rsidRPr="00B514AA">
               <w:t>110-231</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A15923" w:rsidRPr="00B514AA" w:rsidRDefault="00A15923" w:rsidP="005B03ED">
+          <w:p w14:paraId="503B1B1C" w14:textId="77777777" w:rsidR="00A15923" w:rsidRPr="00B514AA" w:rsidRDefault="00A15923" w:rsidP="005B03ED">
             <w:r w:rsidRPr="00B514AA">
               <w:t>299960-69</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A15923" w:rsidRPr="00B514AA" w:rsidRDefault="00A15923" w:rsidP="005B03ED">
+          <w:p w14:paraId="068BE56E" w14:textId="77777777" w:rsidR="00A15923" w:rsidRPr="00B514AA" w:rsidRDefault="00A15923" w:rsidP="005B03ED">
             <w:r w:rsidRPr="00B514AA">
               <w:t>Projektnummer som antas starta kvartal 3 (juli)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A15923" w:rsidRPr="00A15923" w:rsidTr="00B514AA">
+      <w:tr w:rsidR="00A15923" w:rsidRPr="00A15923" w14:paraId="103C3EC8" w14:textId="77777777" w:rsidTr="00B514AA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A15923" w:rsidRPr="00B514AA" w:rsidRDefault="00A15923" w:rsidP="005B03ED">
+          <w:p w14:paraId="10CD3809" w14:textId="77777777" w:rsidR="00A15923" w:rsidRPr="00B514AA" w:rsidRDefault="00A15923" w:rsidP="005B03ED">
             <w:r w:rsidRPr="00B514AA">
               <w:t>110-231</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A15923" w:rsidRPr="00B514AA" w:rsidRDefault="00A15923" w:rsidP="005B03ED">
+          <w:p w14:paraId="2BEB66D8" w14:textId="77777777" w:rsidR="00A15923" w:rsidRPr="00B514AA" w:rsidRDefault="00A15923" w:rsidP="005B03ED">
             <w:r w:rsidRPr="00B514AA">
               <w:t>299970-79</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A15923" w:rsidRPr="00B514AA" w:rsidRDefault="00A15923" w:rsidP="00DC0434">
+          <w:p w14:paraId="00D54171" w14:textId="77777777" w:rsidR="00A15923" w:rsidRPr="00B514AA" w:rsidRDefault="00A15923" w:rsidP="00DC0434">
             <w:r w:rsidRPr="00B514AA">
               <w:t>Projektnummer som antas starta kvartal 4 (</w:t>
             </w:r>
             <w:r w:rsidR="00DC0434">
               <w:t>april</w:t>
             </w:r>
             <w:r w:rsidRPr="00B514AA">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A15923" w:rsidRPr="00A15923" w:rsidTr="00B514AA">
+      <w:tr w:rsidR="00A15923" w:rsidRPr="00A15923" w14:paraId="5867E13F" w14:textId="77777777" w:rsidTr="00B514AA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A15923" w:rsidRPr="00B514AA" w:rsidRDefault="00A15923" w:rsidP="005B03ED">
+          <w:p w14:paraId="72413102" w14:textId="77777777" w:rsidR="00A15923" w:rsidRPr="00B514AA" w:rsidRDefault="00A15923" w:rsidP="005B03ED">
             <w:r w:rsidRPr="00B514AA">
               <w:t>110-231</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A15923" w:rsidRPr="00B514AA" w:rsidRDefault="00A15923" w:rsidP="005B03ED">
+          <w:p w14:paraId="4A020177" w14:textId="77777777" w:rsidR="00A15923" w:rsidRPr="00B514AA" w:rsidRDefault="00A15923" w:rsidP="005B03ED">
             <w:r w:rsidRPr="00B514AA">
               <w:t>299980-99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A15923" w:rsidRPr="00B514AA" w:rsidRDefault="00A15923" w:rsidP="005B03ED">
+          <w:p w14:paraId="49FF0B78" w14:textId="77777777" w:rsidR="00A15923" w:rsidRPr="00B514AA" w:rsidRDefault="00A15923" w:rsidP="005B03ED">
             <w:r w:rsidRPr="00B514AA">
               <w:t>Projektnummer som antas starta kvartal 1 (januari)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00425EA2" w:rsidRDefault="00425EA2" w:rsidP="009948B5">
-[...4 lines deleted...]
-    <w:p w:rsidR="009948B5" w:rsidRDefault="009948B5" w:rsidP="009948B5">
+    <w:p w14:paraId="243901E2" w14:textId="77777777" w:rsidR="00425EA2" w:rsidRDefault="00425EA2" w:rsidP="009948B5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A0A0655" w14:textId="77777777" w:rsidR="009948B5" w:rsidRDefault="009948B5" w:rsidP="009948B5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D5B24">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Justering personalkostnad </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00835D91" w:rsidRDefault="009948B5" w:rsidP="00835D91">
-[...24 lines deleted...]
-    <w:p w:rsidR="002814CE" w:rsidRDefault="00A15923" w:rsidP="00A15923">
+    <w:p w14:paraId="2DA1AC71" w14:textId="77777777" w:rsidR="00835D91" w:rsidRDefault="009948B5" w:rsidP="00835D91">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Vid justering av personalkostnader på totalnivå per fakultet, Miun etc läggs en separat nyanställd för justering av total personalkostnad per nivå. I kommentarsfliken kan kommentarer läggas för de olika budgetvärdena och där kan därmed anges vilken ”Nyanställd X” som motsvarar slutjustering total personalkostnad. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E61426B" w14:textId="77777777" w:rsidR="00A15923" w:rsidRDefault="00A15923"/>
+    <w:p w14:paraId="643DD4C4" w14:textId="77777777" w:rsidR="002814CE" w:rsidRDefault="00A15923" w:rsidP="00A15923">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130591">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Övrigt värt att notera:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002814CE" w:rsidRDefault="002814CE" w:rsidP="00A15923">
+    <w:p w14:paraId="33185180" w14:textId="77777777" w:rsidR="002814CE" w:rsidRDefault="002814CE" w:rsidP="00A15923">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="416E0594" wp14:editId="3013389F">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2CC92298" wp14:editId="3B40F6DD">
             <wp:extent cx="4905375" cy="247650"/>
             <wp:effectExtent l="0" t="0" r="9525" b="0"/>
             <wp:docPr id="4" name="Bildobjekt 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4905375" cy="247650"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A15923" w:rsidRPr="00130591" w:rsidRDefault="00A15923" w:rsidP="002814CE">
+    <w:p w14:paraId="46FB5D5D" w14:textId="77777777" w:rsidR="00A15923" w:rsidRPr="00130591" w:rsidRDefault="00A15923" w:rsidP="002814CE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="360"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:r w:rsidRPr="00130591">
         <w:t>I varje flik finns separata knappar för</w:t>
       </w:r>
       <w:r w:rsidRPr="00130591">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> utskrift</w:t>
       </w:r>
       <w:r w:rsidRPr="00130591">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">samt överföring till </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005F756A">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>pdf</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">pdf </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">och </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
       <w:r w:rsidRPr="005F756A">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-        </w:rPr>
         <w:t>xcel</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A15923" w:rsidRDefault="00A15923" w:rsidP="00A15923">
+    <w:p w14:paraId="343985AA" w14:textId="77777777" w:rsidR="00A15923" w:rsidRDefault="00A15923" w:rsidP="00A15923">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130591">
         <w:t xml:space="preserve">I varje flik med möjlighet att lägga in data finns separata knappar för att </w:t>
       </w:r>
       <w:r w:rsidRPr="00130591">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>lägga till rad, kopiera rad, ta bort rad</w:t>
       </w:r>
       <w:r w:rsidRPr="00130591">
         <w:t xml:space="preserve"> samt</w:t>
       </w:r>
       <w:r w:rsidRPr="00130591">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> ångra</w:t>
       </w:r>
       <w:r w:rsidR="002814CE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> och fyll ut till höger</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="002814CE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002814CE" w:rsidRPr="002814CE">
-        <w:t xml:space="preserve">Fyll ut till höger skriver över alla värden till höger med det som matats in i aktiv cell. Kortkommandot för fyll ut höger är </w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="00A15923" w:rsidRPr="00CF371A" w:rsidRDefault="00A15923" w:rsidP="00A15923">
+        <w:t>Fyll ut till höger skriver över alla värden till höger med det som matats in i aktiv cell. Kortkommandot för fyll ut höger är Ctrl r.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DC98C2C" w14:textId="77777777" w:rsidR="00A15923" w:rsidRPr="00CF371A" w:rsidRDefault="00A15923" w:rsidP="00A15923">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130591">
         <w:t>I varje fl</w:t>
       </w:r>
       <w:r>
         <w:t>ik med möjlighet att registrera</w:t>
       </w:r>
       <w:r w:rsidRPr="00130591">
         <w:t xml:space="preserve"> data finns separat knapp för</w:t>
       </w:r>
       <w:r w:rsidRPr="00130591">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Spara</w:t>
       </w:r>
       <w:r w:rsidRPr="00130591">
         <w:t xml:space="preserve"> efter avslutad inmatning. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A15923" w:rsidRPr="00130591" w:rsidRDefault="00A15923" w:rsidP="00A15923">
+    <w:p w14:paraId="58133D6A" w14:textId="77777777" w:rsidR="00A15923" w:rsidRPr="00130591" w:rsidRDefault="00A15923" w:rsidP="00A15923">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Vid budgetering av flera uppgifter parallellt finns möjlighet att högerklicka och välja ”Ladda om” för att få uppdaterade värden.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A15923" w:rsidRPr="00130591" w:rsidRDefault="00A15923" w:rsidP="00A15923">
+    <w:p w14:paraId="7527E5A5" w14:textId="77777777" w:rsidR="00A15923" w:rsidRPr="00130591" w:rsidRDefault="00A15923" w:rsidP="00A15923">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00130591">
         <w:t xml:space="preserve">I varje flik finns möjlighet att sortera i urvalet och välja </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">konto, </w:t>
       </w:r>
       <w:r w:rsidR="00695011">
         <w:t>verksamhet och projek</w:t>
       </w:r>
       <w:r w:rsidRPr="00130591">
         <w:t>t i övre delen av bilden</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A15923" w:rsidRPr="005C45E2" w:rsidRDefault="00A15923" w:rsidP="00A15923">
+    <w:p w14:paraId="16A1D87D" w14:textId="77777777" w:rsidR="00A15923" w:rsidRPr="005C45E2" w:rsidRDefault="00A15923" w:rsidP="00A15923">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00130591">
         <w:lastRenderedPageBreak/>
         <w:t>När samtliga data är budgeterade för perso</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">nal klarmarkeras denna del. </w:t>
       </w:r>
       <w:r w:rsidRPr="005C45E2">
         <w:t>När samtliga uppgifter (personal/investeringar/kontoinmatning) för en org</w:t>
       </w:r>
       <w:r>
         <w:t>anisations</w:t>
       </w:r>
       <w:r w:rsidRPr="005C45E2">
         <w:t>enhet är klarmarkerade går de vidare för godkännande.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00835D91" w:rsidRDefault="00835D91">
+    <w:p w14:paraId="59FAFC77" w14:textId="77777777" w:rsidR="00835D91" w:rsidRDefault="00835D91">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00835D91" w:rsidRDefault="00835D91" w:rsidP="00835D91">
-[...4 lines deleted...]
-    <w:p w:rsidR="00F00924" w:rsidRDefault="00F00924" w:rsidP="00835D91">
+    <w:p w14:paraId="0CB43EE5" w14:textId="77777777" w:rsidR="00835D91" w:rsidRDefault="00835D91" w:rsidP="00835D91">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79DD8C9D" w14:textId="77777777" w:rsidR="00F00924" w:rsidRDefault="00F00924" w:rsidP="00835D91">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc84930056"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc84930056"/>
       <w:r w:rsidRPr="00562FCB">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Uppstart budget</w:t>
       </w:r>
       <w:r w:rsidR="00A15923">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>/prognos</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00A15923" w:rsidRDefault="00A15923" w:rsidP="00A15923">
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w14:paraId="4368506E" w14:textId="77777777" w:rsidR="00A15923" w:rsidRDefault="00A15923" w:rsidP="001946E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13E26D4C" w14:textId="77777777" w:rsidR="00A15923" w:rsidRDefault="00A15923" w:rsidP="00A15923">
       <w:r>
         <w:t xml:space="preserve">För övergripande allmän information gällande budget/prognos i Hypergene se dokument Övergripande information. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A15923" w:rsidRDefault="00A15923" w:rsidP="00A15923">
+    <w:p w14:paraId="7087AE36" w14:textId="77777777" w:rsidR="00A15923" w:rsidRDefault="00A15923" w:rsidP="00A15923">
       <w:r>
         <w:t xml:space="preserve">För att kunna påbörja sin budget/prognos eller godkänna färdig budget/prognos fordras att aktuell uppgift har tilldelats från systemadministratör. I </w:t>
       </w:r>
       <w:r w:rsidR="00E06600">
         <w:t xml:space="preserve">högra hörnet syns en flagga och en siffra som visar hur många </w:t>
       </w:r>
       <w:r w:rsidRPr="006B4056">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Uppgifter</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E06600">
-        <w:t xml:space="preserve">som ligger tilldelade till dig som är inloggad. När du för muspekaren över flaggan finner du en </w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="003E69E0" w:rsidRDefault="00E06600" w:rsidP="00A15923">
+        <w:t xml:space="preserve">som ligger tilldelade till dig som är inloggad. När du för muspekaren över flaggan finner du en snabblist med dina översta uppgifter och valet ”Visa alla”. För att se dina samtliga uppgifter tryck på ”Visa alla”. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="203330E6" w14:textId="77777777" w:rsidR="003E69E0" w:rsidRDefault="00E06600" w:rsidP="00A15923">
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="464B475D" wp14:editId="50FD94C6">
             <wp:extent cx="2400300" cy="2762250"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="15" name="Bildobjekt 15"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId13">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2400300" cy="2762250"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A15923" w:rsidRDefault="00A15923" w:rsidP="001946E0">
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> du önskar registrera personalkostnader på och klicka</w:t>
+    <w:p w14:paraId="66E7B4F4" w14:textId="77777777" w:rsidR="00A15923" w:rsidRDefault="00A15923" w:rsidP="001946E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6215E6D4" w14:textId="77777777" w:rsidR="00B94ACB" w:rsidRDefault="00A15923" w:rsidP="001946E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Exempel på uppgifter se bild nedan, dessa är indelade i Investering, Konto och Personal. Denna instruktion omfattar Personal. För att starta arbetet välj vilken orgenhet du önskar registrera personalkostnader på och klicka</w:t>
       </w:r>
       <w:r w:rsidR="00DD5F57">
         <w:t xml:space="preserve"> på raden för vald uppgift.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00924" w:rsidRDefault="00F00924" w:rsidP="001946E0">
-[...4 lines deleted...]
-    <w:p w:rsidR="00A15923" w:rsidRDefault="00E06600" w:rsidP="001946E0">
+    <w:p w14:paraId="7D454C52" w14:textId="77777777" w:rsidR="00F00924" w:rsidRDefault="00F00924" w:rsidP="001946E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="668DE8E9" w14:textId="77777777" w:rsidR="00A15923" w:rsidRDefault="00E06600" w:rsidP="001946E0">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7921E6F2" wp14:editId="7AEAF5C0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2B414F8A" wp14:editId="03953249">
             <wp:extent cx="6800850" cy="1198239"/>
             <wp:effectExtent l="0" t="0" r="0" b="2540"/>
             <wp:docPr id="20" name="Bildobjekt 20"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6809817" cy="1199819"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00835D91" w:rsidRDefault="00835D91" w:rsidP="001946E0">
+    <w:p w14:paraId="6D2D2E0D" w14:textId="77777777" w:rsidR="00835D91" w:rsidRDefault="00835D91" w:rsidP="001946E0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B94ACB" w:rsidRPr="00421FEB" w:rsidRDefault="00B94ACB" w:rsidP="00421FEB">
+    <w:p w14:paraId="794C88C7" w14:textId="77777777" w:rsidR="00B94ACB" w:rsidRPr="00421FEB" w:rsidRDefault="00B94ACB" w:rsidP="00421FEB">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000F316C" w:rsidRPr="00562FCB" w:rsidRDefault="000F316C" w:rsidP="00B94ACB">
+    <w:p w14:paraId="08283567" w14:textId="77777777" w:rsidR="000F316C" w:rsidRPr="00562FCB" w:rsidRDefault="000F316C" w:rsidP="00B94ACB">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc84930057"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc84930057"/>
       <w:r w:rsidRPr="00562FCB">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Personalbudget</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="007F31E0" w:rsidRDefault="00795EC2" w:rsidP="00795EC2">
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p w14:paraId="099574AE" w14:textId="77777777" w:rsidR="0073339C" w:rsidRDefault="0073339C" w:rsidP="00402469">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45A9FCE5" w14:textId="77777777" w:rsidR="007F31E0" w:rsidRDefault="00795EC2" w:rsidP="00795EC2">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00795EC2">
         <w:t>I uppgiften perso</w:t>
       </w:r>
       <w:r>
         <w:t>nal finn</w:t>
       </w:r>
       <w:r w:rsidR="007F31E0">
         <w:t>s ett antal olika flikar.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007F31E0" w:rsidRPr="00795EC2" w:rsidRDefault="007F31E0" w:rsidP="00795EC2">
-[...4 lines deleted...]
-    <w:p w:rsidR="005D5B24" w:rsidRPr="005D5B24" w:rsidRDefault="006A1FD9" w:rsidP="009B1273">
+    <w:p w14:paraId="2557B42F" w14:textId="77777777" w:rsidR="007F31E0" w:rsidRPr="00795EC2" w:rsidRDefault="007F31E0" w:rsidP="00795EC2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30A8447E" w14:textId="77777777" w:rsidR="005D5B24" w:rsidRPr="005D5B24" w:rsidRDefault="006A1FD9" w:rsidP="009B1273">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7F550A7C" wp14:editId="16003DB3">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0DB6C322" wp14:editId="3768B410">
             <wp:extent cx="6645910" cy="471805"/>
             <wp:effectExtent l="0" t="0" r="2540" b="4445"/>
             <wp:docPr id="3" name="Bildobjekt 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId15"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6650995" cy="472166"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00795EC2" w:rsidRDefault="00795EC2" w:rsidP="009B1273">
+    <w:p w14:paraId="4258724F" w14:textId="77777777" w:rsidR="00795EC2" w:rsidRDefault="00795EC2" w:rsidP="009B1273">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007F31E0" w:rsidRPr="007F31E0" w:rsidRDefault="009B1273" w:rsidP="007F31E0">
+    <w:p w14:paraId="5626270D" w14:textId="77777777" w:rsidR="007F31E0" w:rsidRPr="007F31E0" w:rsidRDefault="009B1273" w:rsidP="007F31E0">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA3FCF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Översikt</w:t>
       </w:r>
       <w:r w:rsidR="007F31E0">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> (kan ej revideras) </w:t>
       </w:r>
       <w:r w:rsidR="00CA3FCF">
         <w:t xml:space="preserve">- visar intern resultaträkning </w:t>
       </w:r>
       <w:r w:rsidR="00B35B32">
         <w:t>med personalkostnader</w:t>
       </w:r>
       <w:r w:rsidR="00CA3FCF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B35B32">
         <w:t xml:space="preserve">för samtlig </w:t>
       </w:r>
       <w:r w:rsidR="00402469">
         <w:t xml:space="preserve">personal </w:t>
       </w:r>
       <w:r w:rsidR="00CA3FCF">
         <w:t>med jämförelse mot budget</w:t>
       </w:r>
       <w:r w:rsidR="00B35B32">
         <w:t xml:space="preserve"> innevarande år</w:t>
       </w:r>
       <w:r w:rsidR="007F31E0">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00B35B32">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007F31E0">
-        <w:t xml:space="preserve">budget </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> år, </w:t>
+        <w:t xml:space="preserve">budget fg år, </w:t>
       </w:r>
       <w:r w:rsidR="00B35B32">
-        <w:t xml:space="preserve">utfall </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> år samt utfall innevarande år t o m aktuell period.</w:t>
+        <w:t>utfall fg år samt utfall innevarande år t o m aktuell period.</w:t>
       </w:r>
       <w:r w:rsidR="007F31E0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007F31E0" w:rsidRPr="007F31E0">
         <w:t xml:space="preserve">Specifikation av kostnader kan göras med summa per konto samt detaljer per konto. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009B1273" w:rsidRDefault="007F31E0" w:rsidP="007F31E0">
+    <w:p w14:paraId="10B4FC36" w14:textId="77777777" w:rsidR="009B1273" w:rsidRDefault="007F31E0" w:rsidP="007F31E0">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Specifikationen som visar samtliga personer med kostnad per person kan även delas upp på summa kostnad per person, lön </w:t>
-[...18 lines deleted...]
-    <w:p w:rsidR="007F31E0" w:rsidRDefault="007F31E0" w:rsidP="007F31E0">
+        <w:t>Specifikationen som visar samtliga personer med kostnad per person kan även delas upp på summa kostnad per person, lön exkl tillägg och påslag, endast påslag (LKP och löneökn), lönetillägg samt inlånad personal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A3C58F8" w14:textId="77777777" w:rsidR="007F31E0" w:rsidRDefault="007F31E0" w:rsidP="007F31E0">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00B35B32">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Lön och tillägg</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidRPr="00B35B32">
         <w:t>visar samtlig personal me</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">d </w:t>
       </w:r>
       <w:r w:rsidRPr="00B35B32">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>hemvist</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> på avdelningen med spe</w:t>
       </w:r>
       <w:r w:rsidRPr="00B35B32">
         <w:t>cifikation på</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B35B32">
         <w:t>heltidsl</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">ön per månad </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> LKP och löneökning samt</w:t>
+        <w:t>ön per månad exkl LKP och löneökning samt</w:t>
       </w:r>
       <w:r w:rsidRPr="00B35B32">
         <w:t xml:space="preserve"> lönetillägg.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005B03ED" w:rsidRPr="00B35B32" w:rsidRDefault="005B03ED" w:rsidP="005B03ED">
+    <w:p w14:paraId="482DE228" w14:textId="77777777" w:rsidR="005B03ED" w:rsidRPr="00B35B32" w:rsidRDefault="005B03ED" w:rsidP="005B03ED">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B35B32">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Tjänsteomfattning</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidRPr="00B35B32">
         <w:t>visar tjänsteomfattning</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> i procent</w:t>
       </w:r>
       <w:r w:rsidRPr="00B35B32">
         <w:t xml:space="preserve"> per månad för samtlig personal med hemvist på avdelningen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005B03ED" w:rsidRPr="00B35B32" w:rsidRDefault="005B03ED" w:rsidP="005B03ED">
+    <w:p w14:paraId="2349FDFC" w14:textId="77777777" w:rsidR="005B03ED" w:rsidRPr="00B35B32" w:rsidRDefault="005B03ED" w:rsidP="005B03ED">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B35B32">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Frånvaro</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidRPr="00B35B32">
         <w:t xml:space="preserve">visar framtida frånvaro i procent per person med </w:t>
       </w:r>
       <w:r w:rsidRPr="00B35B32">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>hemvist</w:t>
       </w:r>
       <w:r w:rsidRPr="00B35B32">
         <w:t xml:space="preserve"> på avdelningen</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005B03ED" w:rsidRDefault="005B03ED" w:rsidP="005B03ED">
+    <w:p w14:paraId="68A18423" w14:textId="77777777" w:rsidR="005B03ED" w:rsidRDefault="005B03ED" w:rsidP="005B03ED">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00B35B32">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Kontering av egen personal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidRPr="00B35B32">
         <w:t>visar kontering av personalkostnad per person</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> med </w:t>
       </w:r>
       <w:r w:rsidRPr="00B35B32">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>hemvist</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> på avdelningen </w:t>
       </w:r>
       <w:r w:rsidRPr="00B35B32">
         <w:t>i procent mot tjänsteomfattning</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. Här kan specifikation på olika kontodelar göras och lämpligen läggs all kontering mot speciella </w:t>
       </w:r>
       <w:r w:rsidR="00695011">
         <w:t>projekt</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> in här.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A1FD9" w:rsidRPr="00695011" w:rsidRDefault="006A1FD9" w:rsidP="005B03ED">
+    <w:p w14:paraId="17571985" w14:textId="77777777" w:rsidR="006A1FD9" w:rsidRPr="00695011" w:rsidRDefault="006A1FD9" w:rsidP="005B03ED">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="006A1FD9">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="00695011">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Import –</w:t>
       </w:r>
       <w:r w:rsidRPr="00695011">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00695011">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">kontering] – </w:t>
       </w:r>
       <w:r w:rsidRPr="00695011">
-        <w:t xml:space="preserve">ny flik fr o m budget 2019 för Excelimport att kontering personal. Excelfil från </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> klar för inmatning enligt aktuell budgettidplan. Excelimport kontering personal används endast vid behov.</w:t>
+        <w:t>ny flik fr o m budget 2019 för Excelimport att kontering personal. Excelfil från Retendo klar för inmatning enligt aktuell budgettidplan. Excelimport kontering personal används endast vid behov.</w:t>
       </w:r>
       <w:r w:rsidR="00B61B4D" w:rsidRPr="00695011">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B61B4D" w:rsidRPr="00695011">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">Observera att denna funktion </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00695011" w:rsidRPr="00695011">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>ev</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00695011" w:rsidRPr="00695011">
+        <w:t xml:space="preserve">ev </w:t>
+      </w:r>
+      <w:r w:rsidR="00B61B4D" w:rsidRPr="00695011">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">inte fungerar i Firefox </w:t>
+      </w:r>
+      <w:r w:rsidR="006A2CDF" w:rsidRPr="00695011">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>eller</w:t>
       </w:r>
       <w:r w:rsidR="00B61B4D" w:rsidRPr="00695011">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t xml:space="preserve">inte fungerar i </w:t>
-[...42 lines deleted...]
-    <w:p w:rsidR="005B03ED" w:rsidRPr="00695011" w:rsidRDefault="005B03ED" w:rsidP="005B03ED">
+        <w:t xml:space="preserve"> Chrome!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="037ABEE3" w14:textId="77777777" w:rsidR="005B03ED" w:rsidRPr="00695011" w:rsidRDefault="005B03ED" w:rsidP="005B03ED">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00695011">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Inlånad personal (kan ej revideras) -</w:t>
       </w:r>
       <w:r w:rsidRPr="00695011">
         <w:t xml:space="preserve"> visar kontering av personalkostnad per person med </w:t>
       </w:r>
       <w:r w:rsidRPr="00695011">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>hemvist</w:t>
       </w:r>
       <w:r w:rsidRPr="00695011">
         <w:t xml:space="preserve"> på annan avdelningen. Kontering i procent mot tjänsteomfattning.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B35B32" w:rsidRPr="00695011" w:rsidRDefault="005B03ED" w:rsidP="00B35B32">
+    <w:p w14:paraId="16F9CD74" w14:textId="77777777" w:rsidR="00B35B32" w:rsidRPr="00695011" w:rsidRDefault="005B03ED" w:rsidP="00B35B32">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00695011">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>In- och utlån</w:t>
       </w:r>
       <w:r w:rsidRPr="00695011">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00695011">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>(kan ej revideras)</w:t>
       </w:r>
       <w:r w:rsidRPr="00695011">
         <w:t xml:space="preserve"> – Visar kostnad för in- och utlånad personal uppdelat per person och kontering. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009B1273" w:rsidRPr="00695011" w:rsidRDefault="009B1273" w:rsidP="009B1273">
+    <w:p w14:paraId="084B9D75" w14:textId="77777777" w:rsidR="009B1273" w:rsidRPr="00695011" w:rsidRDefault="009B1273" w:rsidP="009B1273">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00695011">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Anställning</w:t>
       </w:r>
       <w:r w:rsidR="006F1D55" w:rsidRPr="00695011">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidR="006F1D55" w:rsidRPr="00695011">
         <w:t xml:space="preserve">visar samtliga personaldata per person med </w:t>
       </w:r>
       <w:r w:rsidR="006F1D55" w:rsidRPr="00695011">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>hemvist</w:t>
       </w:r>
       <w:r w:rsidR="006F1D55" w:rsidRPr="00695011">
         <w:t xml:space="preserve"> på avdelningen. Här läggs lämpligen nyanställd personal in.</w:t>
       </w:r>
       <w:r w:rsidR="00077EFC" w:rsidRPr="00695011">
         <w:t xml:space="preserve"> Samtliga personaldata utgör namn, heltidslön, tjänsteomfattning, tillägg, framtida frånvaro, kontering tjänst i procent mot tjänsteomfattning. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009B1273" w:rsidRPr="00695011" w:rsidRDefault="009B1273" w:rsidP="00B56BFA">
+    <w:p w14:paraId="57E43B76" w14:textId="77777777" w:rsidR="009B1273" w:rsidRPr="00695011" w:rsidRDefault="009B1273" w:rsidP="00B56BFA">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00695011">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Kommentar</w:t>
       </w:r>
       <w:r w:rsidR="006F1D55" w:rsidRPr="00695011">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
@@ -4340,606 +4196,534 @@
       </w:r>
       <w:r w:rsidR="006F1D55" w:rsidRPr="00695011">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>kommentarer till budget</w:t>
       </w:r>
       <w:r w:rsidR="00CB44A9" w:rsidRPr="00695011">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00CB44A9" w:rsidRPr="00695011">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="+mn-ea" w:hAnsiTheme="minorHAnsi" w:cs="+mn-cs"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Kommentarer kan lämnas antingen som egen anteckning eller som kommentar till </w:t>
-[...24 lines deleted...]
-    <w:p w:rsidR="007E11E9" w:rsidRPr="00695011" w:rsidRDefault="007E11E9" w:rsidP="00B56BFA">
+        <w:t>Kommentarer kan lämnas antingen som egen anteckning eller som kommentar till godkännare.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69CA1347" w14:textId="77777777" w:rsidR="007E11E9" w:rsidRPr="00695011" w:rsidRDefault="007E11E9" w:rsidP="00B56BFA">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00695011">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Kontroll –</w:t>
       </w:r>
       <w:r w:rsidRPr="00695011">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00695011">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>en separat flik fr o m budget 2019 för avstämning av eventuella differenser i konteringsprocent.</w:t>
       </w:r>
       <w:r w:rsidR="006A2CDF" w:rsidRPr="00695011">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ingen separat avstämning av procent i importflik därav separat kontrollflik.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009B1273" w:rsidRPr="00695011" w:rsidRDefault="009B1273" w:rsidP="001946E0">
-[...4 lines deleted...]
-    <w:p w:rsidR="00BD5F75" w:rsidRPr="00695011" w:rsidRDefault="00BD5F75" w:rsidP="005E110A">
+    <w:p w14:paraId="08527CD6" w14:textId="77777777" w:rsidR="009B1273" w:rsidRPr="00695011" w:rsidRDefault="009B1273" w:rsidP="001946E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F8BE2C0" w14:textId="77777777" w:rsidR="00BD5F75" w:rsidRPr="00695011" w:rsidRDefault="00BD5F75" w:rsidP="005E110A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00695011">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Belopp för månadslön och till</w:t>
       </w:r>
       <w:r w:rsidR="005E110A" w:rsidRPr="00695011">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ägg anges i kronor samt utan tecken d v s 25 000 kr anges ”25 000”.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD5F75" w:rsidRPr="00695011" w:rsidRDefault="00BD5F75" w:rsidP="00BD5F75">
+    <w:p w14:paraId="1486C4C2" w14:textId="77777777" w:rsidR="00BD5F75" w:rsidRPr="00695011" w:rsidRDefault="00BD5F75" w:rsidP="00BD5F75">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009B1273" w:rsidRPr="00695011" w:rsidRDefault="009F735D" w:rsidP="001946E0">
+    <w:p w14:paraId="1136F443" w14:textId="77777777" w:rsidR="009B1273" w:rsidRPr="00695011" w:rsidRDefault="009F735D" w:rsidP="001946E0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00695011">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">När allt är klart och budgeterat klarmarkeras uppgiften. När samtliga uppgifter är klarmarkerade för en </w:t>
-[...21 lines deleted...]
-    <w:p w:rsidR="00E02AD9" w:rsidRPr="0073339C" w:rsidRDefault="001E65AF" w:rsidP="009B1273">
+        <w:t>När allt är klart och budgeterat klarmarkeras uppgiften. När samtliga uppgifter är klarmarkerade för en org enhet går total budget för godkännande till aktuell chef.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04456125" w14:textId="77777777" w:rsidR="009F735D" w:rsidRPr="00695011" w:rsidRDefault="009F735D" w:rsidP="001946E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74AC81C2" w14:textId="77777777" w:rsidR="00E02AD9" w:rsidRPr="0073339C" w:rsidRDefault="001E65AF" w:rsidP="009B1273">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00695011">
         <w:t>OBS! I budgetprocessen kommer första deadline sättas för budgetering av utlånad personal</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> eftersom det är personalens hemvist som styr kontering av personen </w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="00CB3901" w:rsidRDefault="00CB3901">
+        <w:t xml:space="preserve"> eftersom det är personalens hemvist som styr kontering av personen inkl kontering av utlån.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18FAEDF5" w14:textId="77777777" w:rsidR="00CB3901" w:rsidRDefault="00CB3901">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009B1273" w:rsidRPr="00562FCB" w:rsidRDefault="005B03ED" w:rsidP="005B03ED">
+    <w:p w14:paraId="6D879ADB" w14:textId="77777777" w:rsidR="009B1273" w:rsidRPr="00562FCB" w:rsidRDefault="005B03ED" w:rsidP="005B03ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc84930058"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc84930058"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">4.1 </w:t>
       </w:r>
       <w:r w:rsidR="009B1273" w:rsidRPr="00562FCB">
         <w:t>Översikt</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="009A77C0" w:rsidRDefault="009A77C0" w:rsidP="009A77C0">
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p w14:paraId="064CAF02" w14:textId="77777777" w:rsidR="009B1273" w:rsidRDefault="009B1273" w:rsidP="001946E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46E2A57C" w14:textId="330785CC" w:rsidR="009A77C0" w:rsidRDefault="009A77C0" w:rsidP="009A77C0">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>I fliken</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> ”Ö</w:t>
       </w:r>
       <w:r w:rsidRPr="00407D4F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>versikt</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> visas samtliga budgetkostnader för samtligt budgeterad personal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>(</w:t>
-[...22 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">(inkl inlånad personal) </w:t>
+      </w:r>
+      <w:r>
+        <w:t>på aktuell avdelning samt jämförelse mot budget innevarande år, utfall föregående år samt utfall innevarande år t o m gårdagens datum.  Indata utgör dels överförd data från P</w:t>
+      </w:r>
+      <w:r w:rsidR="004E2A7B">
+        <w:t>rimula</w:t>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve"> som eventuellt reviderats samt inlagda nyanställningar.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B56BFA" w:rsidRDefault="00CB3901" w:rsidP="001946E0">
+    <w:p w14:paraId="7FF36401" w14:textId="77777777" w:rsidR="00B56BFA" w:rsidRDefault="00CB3901" w:rsidP="001946E0">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1553BF61" wp14:editId="48E1A209">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="46D092F1" wp14:editId="4AA20C2E">
             <wp:extent cx="5667375" cy="2885130"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="22" name="Bildobjekt 22"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId16"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5683903" cy="2893544"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00761D27" w:rsidRDefault="00761D27" w:rsidP="00761D27">
-[...33 lines deleted...]
-    <w:p w:rsidR="00407D4F" w:rsidRDefault="00407D4F" w:rsidP="001946E0">
+    <w:p w14:paraId="37507206" w14:textId="77777777" w:rsidR="00761D27" w:rsidRDefault="00761D27" w:rsidP="00761D27">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24332D2B" w14:textId="77777777" w:rsidR="005A6F60" w:rsidRDefault="005A6F60" w:rsidP="005A6F60">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Om avdelningens personal är uppdelad på underorg måste ett val göras i rullist för val av orgenhet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A588E0E" w14:textId="77777777" w:rsidR="005A6F60" w:rsidRDefault="005A6F60" w:rsidP="001946E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="124E9B36" w14:textId="77777777" w:rsidR="00407D4F" w:rsidRDefault="00407D4F" w:rsidP="001946E0">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">I övriga flikar kan personaldata uppdateras samt nyanställningar läggas in. Alla förändringar uppdateras löpande i samtliga flikar och i fliken </w:t>
       </w:r>
       <w:r w:rsidR="00A52EBC" w:rsidRPr="00A52EBC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="0096052A" w:rsidRPr="00A52EBC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Ö</w:t>
       </w:r>
       <w:r w:rsidRPr="00407D4F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>versikt</w:t>
       </w:r>
       <w:r w:rsidR="00A52EBC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidRPr="00407D4F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>återfinns därmed samtliga aktuella data.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00407D4F" w:rsidRDefault="00407D4F" w:rsidP="001946E0">
+    <w:p w14:paraId="6CA51E36" w14:textId="2F636BA2" w:rsidR="00407D4F" w:rsidRDefault="00407D4F" w:rsidP="001946E0">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>Initialt visas resultaträkning med kostnad per resultaträkningsrad e</w:t>
       </w:r>
       <w:r w:rsidR="00EC07C5">
         <w:t xml:space="preserve">nligt intern resultaträkning i </w:t>
       </w:r>
+      <w:r w:rsidR="00C02A1A">
+        <w:t xml:space="preserve">ekonomisystemet ERP (fd </w:t>
+      </w:r>
       <w:r w:rsidR="00695011">
         <w:t>UBW</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C02A1A">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. Se bild ovan med total personalkostnad enligt överföring från P</w:t>
+      </w:r>
+      <w:r w:rsidR="004E2A7B">
+        <w:t>rimula</w:t>
+      </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00407D4F" w:rsidRDefault="00407D4F" w:rsidP="001946E0">
-[...4 lines deleted...]
-    <w:p w:rsidR="00407D4F" w:rsidRDefault="00407D4F" w:rsidP="001946E0">
+    <w:p w14:paraId="1584F548" w14:textId="77777777" w:rsidR="00407D4F" w:rsidRDefault="00407D4F" w:rsidP="001946E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28C281C8" w14:textId="77777777" w:rsidR="00407D4F" w:rsidRDefault="00407D4F" w:rsidP="001946E0">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>För specifika</w:t>
       </w:r>
       <w:r w:rsidR="00761D27">
         <w:t>tion av kostnader per rad</w:t>
       </w:r>
       <w:r w:rsidR="004F1CDF">
         <w:t xml:space="preserve"> klicka på en </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">resultaträkningsrad. </w:t>
       </w:r>
       <w:r w:rsidR="004F1CDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Ger to</w:t>
       </w:r>
       <w:r w:rsidR="00761D27">
         <w:t>tal kostnad per konto</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> enligt </w:t>
       </w:r>
       <w:r w:rsidR="00033216">
         <w:t xml:space="preserve">bild </w:t>
       </w:r>
       <w:r>
         <w:t>nedan.</w:t>
       </w:r>
       <w:r w:rsidR="00411E1E">
         <w:t xml:space="preserve"> För specifikation av samtliga kostnader klicka på summaraden.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A6F60" w:rsidRDefault="00CB3901" w:rsidP="001946E0">
+    <w:p w14:paraId="48F99917" w14:textId="77777777" w:rsidR="005A6F60" w:rsidRDefault="00CB3901" w:rsidP="001946E0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6FC28C0B" wp14:editId="15837923">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="45BA1861" wp14:editId="0F4608A6">
             <wp:extent cx="5902960" cy="3468680"/>
             <wp:effectExtent l="0" t="0" r="2540" b="0"/>
             <wp:docPr id="25" name="Bildobjekt 25"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId17"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5903927" cy="3469248"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0058420A" w:rsidRDefault="0058420A" w:rsidP="001946E0">
-[...4 lines deleted...]
-    <w:p w:rsidR="00407D4F" w:rsidRDefault="00761D27" w:rsidP="001946E0">
+    <w:p w14:paraId="2A72F37B" w14:textId="77777777" w:rsidR="0058420A" w:rsidRDefault="0058420A" w:rsidP="001946E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16F36D49" w14:textId="77777777" w:rsidR="00407D4F" w:rsidRDefault="00761D27" w:rsidP="001946E0">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>För ytterligare specifi</w:t>
       </w:r>
       <w:r w:rsidR="00407D4F">
         <w:t>k</w:t>
       </w:r>
       <w:r>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00407D4F">
         <w:t xml:space="preserve">tion </w:t>
       </w:r>
       <w:r>
         <w:t>av kostnader/personal per</w:t>
       </w:r>
       <w:r w:rsidR="004F1CDF">
         <w:t xml:space="preserve"> konto klicka på aktuellt konto. Detta kan även väljas för totalraderna i resultaträkningen.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F1CDF" w:rsidRDefault="004F1CDF" w:rsidP="001946E0">
-[...4 lines deleted...]
-    <w:p w:rsidR="0058420A" w:rsidRDefault="00761D27" w:rsidP="001946E0">
+    <w:p w14:paraId="13B43475" w14:textId="77777777" w:rsidR="004F1CDF" w:rsidRDefault="004F1CDF" w:rsidP="001946E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="034D230E" w14:textId="77777777" w:rsidR="0058420A" w:rsidRDefault="00761D27" w:rsidP="001946E0">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Specifikation med samtliga personer visas i nedre delen av bilden samt där kan ytterligare uppdelning av kostnad per person göras enligt </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC24F4">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">rullist </w:t>
       </w:r>
       <w:r>
         <w:t>ovan.</w:t>
       </w:r>
       <w:r w:rsidR="00F51604">
         <w:t xml:space="preserve"> Under denna samma</w:t>
       </w:r>
       <w:r w:rsidR="001E65AF">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="00F51604">
         <w:t>ställning visas även kostnadsdiagram över aktuell utsortering.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DA5288" w:rsidRDefault="00DA5288"/>
-    <w:p w:rsidR="00DA5288" w:rsidRDefault="006A1FD9">
+    <w:p w14:paraId="41468C8E" w14:textId="77777777" w:rsidR="00DA5288" w:rsidRDefault="00DA5288"/>
+    <w:p w14:paraId="4A8AED78" w14:textId="77777777" w:rsidR="00DA5288" w:rsidRDefault="006A1FD9">
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251728896" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="77D4E95A" wp14:editId="3E09153C">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251728896" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0CC67FC1" wp14:editId="361FD27A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2689860</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>255904</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1325880" cy="710565"/>
                 <wp:effectExtent l="0" t="38100" r="45720" b="32385"/>
                 <wp:wrapNone/>
                 <wp:docPr id="57" name="AutoShape 20"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm flipV="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="1325880" cy="710565"/>
                         </a:xfrm>
@@ -4975,51 +4759,51 @@
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="74842042" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
                 <v:path arrowok="t" fillok="f" o:connecttype="none"/>
                 <o:lock v:ext="edit" shapetype="t"/>
               </v:shapetype>
               <v:shape id="AutoShape 20" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:211.8pt;margin-top:20.15pt;width:104.4pt;height:55.95pt;flip:y;z-index:251728896;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDMECDDQAIAAG4EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMGO2jAQvVfqP1i+QxKWsBARVqsEetm2&#10;SLvt3dgOserYlm0IqOq/d2yybGkvVdUcnHE88+bN+E2WD6dOoiO3TmhV4mycYsQV1UyofYm/vGxG&#10;c4ycJ4oRqRUv8Zk7/LB6/27Zm4JPdKsl4xYBiHJFb0rcem+KJHG05R1xY224gsNG24542Np9wizp&#10;Ab2TySRNZ0mvLTNWU+4cfK0vh3gV8ZuGU/+5aRz3SJYYuPm42rjuwpqslqTYW2JaQQca5B9YdEQo&#10;SHqFqokn6GDFH1CdoFY73fgx1V2im0ZQHmuAarL0t2qeW2J4rAWa48y1Te7/wdJPx61FgpU4v8dI&#10;kQ7u6PHgdUyNJrFBvXEF+FVqa0OJ9KSezZOm3xxSumqJ2vPo/XI2EJyFliY3IWHjDKTZ9R81Ax8C&#10;CWK3To3tUCOF+RoCAzh0BJ3i9Zyv18NPHlH4mN1N8vkcbpHC2X2W5rM8JiNFwAnRxjr/gesOBaPE&#10;zlsi9q2vtFKgBG0vOcjxyfnA8i0gBCu9EVJGQUiF+hIv8kkeSTktBQuHwc3Z/a6SFh1JkFR8BhY3&#10;blYfFItgLSdsPdieCAk28rFX3gronuQ4ZOs4w0hymKJgXehJFTJC/UB4sC6q+r5IF+v5ej4dTSez&#10;9Wia1vXocVNNR7NNdp/Xd3VV1dmPQD6bFq1gjKvA/1Xh2fTvFDTM2kWbV41fG5XcoseOAtnXdyQd&#10;pRBuP4ykK3aanbc2VBd2IOroPAxgmJpf99Hr7Tex+gkAAP//AwBQSwMEFAAGAAgAAAAhAJ2GBeng&#10;AAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJC6IpaRbNXVNJwQMTtNE2e5Z&#10;a9pqjVM12da+PeYEN1v+9Pv7s/VoO3HBwbeONDzNIhBIpataqjXsvzaPSxA+GKpM5wg1TOhhnd/e&#10;ZCat3JU+8VKEWnAI+dRoaELoUyl92aA1fuZ6JL59u8GawOtQy2owVw63nVRRlEhrWuIPjenxpcHy&#10;VJythtdit9gcHvajmsqPbfG+PO1oetP6/m58XoEIOIY/GH71WR1ydjq6M1VedBrmKk4Y5SGKQTCQ&#10;xGoO4sjkQimQeSb/V8h/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMwQIMNAAgAAbgQA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJ2GBengAAAA&#10;CgEAAA8AAAAAAAAAAAAAAAAAmgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACnBQAA&#10;AAA=&#10;">
                 <v:stroke endarrow="block"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251726848" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="09D122D7" wp14:editId="37324A14">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251726848" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7DDA511B" wp14:editId="3B668141">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>1516380</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>171450</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1356360" cy="752475"/>
                 <wp:effectExtent l="0" t="38100" r="53340" b="28575"/>
                 <wp:wrapNone/>
                 <wp:docPr id="30" name="AutoShape 20"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm flipV="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="1356360" cy="752475"/>
                         </a:xfrm>
@@ -5050,282 +4834,274 @@
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="0F5068AD" id="AutoShape 20" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:119.4pt;margin-top:13.5pt;width:106.8pt;height:59.25pt;flip:y;z-index:251726848;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAd8HsgPwIAAG4EAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2yAQvVfqf0DcE8eJ82XFWa3spJdt&#10;G2m3vRPAMSoGBCROVPW/dyDebNNeqqo+4MHMx5vHG68ezq1EJ26d0KrA6XCEEVdUM6EOBf7ysh0s&#10;MHKeKEakVrzAF+7ww/r9u1Vncj7WjZaMWwRJlMs7U+DGe5MniaMNb4kbasMVHNbatsTD1h4SZkkH&#10;2VuZjEejWdJpy4zVlDsHX6vrIV7H/HXNqf9c1457JAsM2HxcbVz3YU3WK5IfLDGNoD0M8g8oWiIU&#10;FL2lqogn6GjFH6laQa12uvZDqttE17WgPPYA3aSj37p5bojhsRcgx5kbTe7/paWfTjuLBCvwBOhR&#10;pIU7ejx6HUujcSSoMy4Hv1LtbGiRntWzedL0m0NKlw1RBx69Xy4GgtNAaXIXEjbOQJl991Ez8CFQ&#10;ILJ1rm2LainM1xAYkgMj6Byv53K7Hn72iMLHdDKdTWYAk8LZfDrO5tNYjOQhT4g21vkPXLcoGAV2&#10;3hJxaHyplQIlaHutQU5PzgeUbwEhWOmtkDIKQirUFXg5HU8jKKelYOEwuDl72JfSohMJkopPj+LO&#10;zeqjYjFZwwnb9LYnQoKNfOTKWwHsSY5DtZYzjCSHKQrWFZ5UoSL0D4B766qq78vRcrPYLLJBNp5t&#10;BtmoqgaP2zIbzLbpfFpNqrKs0h8BfJrljWCMq4D/VeFp9ncK6mftqs2bxm9EJffZI6MA9vUdQUcp&#10;hNsPI+nyvWaXnQ3dhR2IOjr3Axim5td99Hr7Tax/AgAA//8DAFBLAwQUAAYACAAAACEAPf8PNt8A&#10;AAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU6DQBCG7ya+w2ZMvBi7iGAJsjRGrZ5MI633LTsC&#10;KTtL2G0Lb+940ttM5ss/31+sJtuLE46+c6TgbhGBQKqd6ahRsNuubzMQPmgyuneECmb0sCovLwqd&#10;G3emTzxVoREcQj7XCtoQhlxKX7dotV+4AYlv3260OvA6NtKM+szhtpdxFD1IqzviD60e8LnF+lAd&#10;rYKXapOuv252UzzX7x/VW3bY0Pyq1PXV9PQIIuAU/mD41Wd1KNlp745kvOgVxPcZqwceltyJgSSN&#10;ExB7JpM0BVkW8n+F8gcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAd8HsgPwIAAG4EAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQA9/w823wAAAAoB&#10;AAAPAAAAAAAAAAAAAAAAAJkEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAApQUAAAAA&#10;">
                 <v:stroke endarrow="block"/>
                 <w10:wrap anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2E53B5C0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="66796B9C" wp14:editId="5B222712">
             <wp:extent cx="6690236" cy="472440"/>
             <wp:effectExtent l="0" t="0" r="0" b="3810"/>
             <wp:docPr id="9" name="Bildobjekt 9"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId18">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6697151" cy="472928"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DA5288" w:rsidRDefault="00DA5288" w:rsidP="00DA5288">
-[...9 lines deleted...]
-    <w:p w:rsidR="00DA5288" w:rsidRDefault="00DA5288" w:rsidP="00DA5288">
+    <w:p w14:paraId="4EC4E2D1" w14:textId="77777777" w:rsidR="00DA5288" w:rsidRDefault="00DA5288" w:rsidP="00DA5288">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="723E5E0A" w14:textId="77777777" w:rsidR="00DA5288" w:rsidRDefault="00DA5288" w:rsidP="00DA5288">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DAA97F9" w14:textId="77777777" w:rsidR="00DA5288" w:rsidRDefault="00DA5288" w:rsidP="00DA5288">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">För ytterligare urval på </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC24F4">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>verksamhet</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> och/eller</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC24F4">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00695011">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>projek</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC24F4">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> väljs detta i högre övre delen av bladet.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A6F60" w:rsidRDefault="005A6F60">
+    <w:p w14:paraId="74950C7C" w14:textId="77777777" w:rsidR="005A6F60" w:rsidRDefault="005A6F60">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00562FCB" w:rsidRDefault="00562FCB" w:rsidP="00761D27">
-[...4 lines deleted...]
-    <w:p w:rsidR="00761D27" w:rsidRPr="00562FCB" w:rsidRDefault="005B03ED" w:rsidP="005B03ED">
+    <w:p w14:paraId="150CF9DE" w14:textId="77777777" w:rsidR="00562FCB" w:rsidRDefault="00562FCB" w:rsidP="00761D27">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2DDA8733" w14:textId="77777777" w:rsidR="00761D27" w:rsidRPr="00562FCB" w:rsidRDefault="005B03ED" w:rsidP="005B03ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Toc84930059"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc84930059"/>
       <w:r>
         <w:t xml:space="preserve">4.2 </w:t>
       </w:r>
       <w:r w:rsidR="00761D27" w:rsidRPr="00562FCB">
         <w:t>Lön och tillägg</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="006607F0" w:rsidRDefault="00761D27" w:rsidP="00761D27">
+      <w:bookmarkEnd w:id="5"/>
+    </w:p>
+    <w:p w14:paraId="3381894B" w14:textId="77777777" w:rsidR="006607F0" w:rsidRDefault="00761D27" w:rsidP="00761D27">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">I fliken </w:t>
       </w:r>
       <w:r w:rsidR="00A52EBC" w:rsidRPr="00A52EBC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>”L</w:t>
       </w:r>
       <w:r w:rsidRPr="00761D27">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ön och tillägg</w:t>
       </w:r>
       <w:r w:rsidR="00A52EBC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006607F0" w:rsidRPr="006607F0">
         <w:t xml:space="preserve">redovisas samtliga personer med </w:t>
       </w:r>
       <w:r w:rsidR="006607F0" w:rsidRPr="0058420A">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>hemvist</w:t>
       </w:r>
       <w:r w:rsidR="006607F0" w:rsidRPr="006607F0">
         <w:t xml:space="preserve"> på avdelningen med informationen uppdelad på:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006607F0" w:rsidRDefault="006607F0" w:rsidP="006607F0">
+    <w:p w14:paraId="0B7CCCF4" w14:textId="77777777" w:rsidR="006607F0" w:rsidRDefault="006607F0" w:rsidP="006607F0">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="006607F0">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Heltidslön</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> (</w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="006607F0" w:rsidRDefault="006607F0" w:rsidP="006607F0">
+        <w:t xml:space="preserve"> (exkl budgetårets löneökning och LKP)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DCF63CA" w14:textId="77777777" w:rsidR="006607F0" w:rsidRDefault="006607F0" w:rsidP="006607F0">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="006607F0">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Lönetillägg (som läggs direkt på lön)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> d v s som konteras på samma konto som heltidslön (ex tillägg för doktorander)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00786A65" w:rsidRDefault="006607F0" w:rsidP="00786A65">
+    <w:p w14:paraId="28340A3C" w14:textId="77777777" w:rsidR="00786A65" w:rsidRDefault="006607F0" w:rsidP="00786A65">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="006607F0">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Lönetillägg och arvodister</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> – d v s lönetillägg och arvode som konteras på konto 4015</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00786A65" w:rsidRDefault="00786A65" w:rsidP="00786A65">
-[...4 lines deleted...]
-    <w:p w:rsidR="009B1273" w:rsidRDefault="00786A65" w:rsidP="00786A65">
+    <w:p w14:paraId="6F796F12" w14:textId="77777777" w:rsidR="00786A65" w:rsidRDefault="00786A65" w:rsidP="00786A65">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20A6E620" w14:textId="77777777" w:rsidR="009B1273" w:rsidRDefault="00786A65" w:rsidP="00786A65">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">I fliken </w:t>
       </w:r>
       <w:r w:rsidR="00A52EBC" w:rsidRPr="00A52EBC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>”L</w:t>
       </w:r>
       <w:r w:rsidRPr="00786A65">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ön och tillägg</w:t>
       </w:r>
       <w:r w:rsidR="00A52EBC">
         <w:rPr>
           <w:b/>
         </w:rPr>
@@ -5343,474 +5119,466 @@
       <w:r w:rsidR="009B1273">
         <w:t xml:space="preserve">nyanställd personal läggas in med uppdelning enligt ovan med hjälp av knapparna </w:t>
       </w:r>
       <w:r w:rsidR="009B1273" w:rsidRPr="009B1273">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">”lägg till rad” </w:t>
       </w:r>
       <w:r w:rsidR="009B1273">
         <w:t xml:space="preserve">samt </w:t>
       </w:r>
       <w:r w:rsidR="009B1273" w:rsidRPr="009B1273">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>”kopiera rad”.</w:t>
       </w:r>
       <w:r w:rsidR="0058420A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D424E" w:rsidRDefault="007D424E" w:rsidP="00786A65">
-[...7 lines deleted...]
-    <w:p w:rsidR="007D424E" w:rsidRDefault="00BD5F75" w:rsidP="00786A65">
+    <w:p w14:paraId="3DD71259" w14:textId="77777777" w:rsidR="007D424E" w:rsidRDefault="007D424E" w:rsidP="00786A65">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EE7A710" w14:textId="77777777" w:rsidR="007D424E" w:rsidRDefault="00BD5F75" w:rsidP="00786A65">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Belopp för månadslön och til</w:t>
       </w:r>
       <w:r w:rsidR="007D424E">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>lägg anges i kronor samt utan tecken d v s 25 000 kr anges ”25 000”.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0058420A" w:rsidRDefault="0058420A" w:rsidP="00786A65">
-[...7 lines deleted...]
-    <w:p w:rsidR="0058420A" w:rsidRDefault="0058420A" w:rsidP="00786A65">
+    <w:p w14:paraId="1800FCA3" w14:textId="77777777" w:rsidR="0058420A" w:rsidRDefault="0058420A" w:rsidP="00786A65">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78E8BB60" w14:textId="77777777" w:rsidR="0058420A" w:rsidRDefault="0058420A" w:rsidP="00786A65">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0058420A">
         <w:t>Efter at</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">t ändringar gjorts </w:t>
       </w:r>
       <w:r w:rsidRPr="0058420A">
         <w:t xml:space="preserve">klicka på knappen </w:t>
       </w:r>
       <w:r w:rsidRPr="0058420A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>”spara</w:t>
       </w:r>
       <w:r w:rsidRPr="0058420A">
         <w:t>”. Därmed uppdater</w:t>
       </w:r>
       <w:r>
         <w:t>as samtliga personalflikar</w:t>
       </w:r>
       <w:r w:rsidRPr="0058420A">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0058420A" w:rsidRDefault="0058420A" w:rsidP="00786A65">
+    <w:p w14:paraId="13693AA1" w14:textId="77777777" w:rsidR="0058420A" w:rsidRDefault="0058420A" w:rsidP="00786A65">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00F66124">
         <w:t xml:space="preserve">Knappen </w:t>
       </w:r>
       <w:r w:rsidRPr="00F66124">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>”ångra”</w:t>
       </w:r>
       <w:r w:rsidRPr="00F66124">
         <w:t xml:space="preserve"> används för att ta bort aktuella inmatningar</w:t>
       </w:r>
       <w:r w:rsidR="005A6F60">
         <w:t xml:space="preserve"> innan de sparats</w:t>
       </w:r>
       <w:r w:rsidRPr="00F66124">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0058420A" w:rsidRDefault="0058420A" w:rsidP="00786A65">
-[...4 lines deleted...]
-    <w:p w:rsidR="0073339C" w:rsidRPr="00BB392D" w:rsidRDefault="0058420A" w:rsidP="0058420A">
+    <w:p w14:paraId="46FAE391" w14:textId="77777777" w:rsidR="0058420A" w:rsidRDefault="0058420A" w:rsidP="00786A65">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21F90A8B" w14:textId="77777777" w:rsidR="0073339C" w:rsidRPr="00BB392D" w:rsidRDefault="0058420A" w:rsidP="0058420A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00BB392D">
         <w:t xml:space="preserve">Som rekommendation läggs nyanställd personal in i fliken </w:t>
       </w:r>
       <w:r w:rsidR="00BB392D" w:rsidRPr="00BB392D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="00A52EBC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB392D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>nställd</w:t>
       </w:r>
       <w:r w:rsidR="00BB392D" w:rsidRPr="00BB392D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB392D">
         <w:t xml:space="preserve"> eftersom där kan samtliga personaldata uppdateras på samma gång. Övriga personalflikar kan istället användas för att ändra vissa delar på redan inlagd personal.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009B1273" w:rsidRPr="00786A65" w:rsidRDefault="009B1273" w:rsidP="00786A65">
-[...4 lines deleted...]
-    <w:p w:rsidR="009B1273" w:rsidRDefault="002B2A5F" w:rsidP="0058420A">
+    <w:p w14:paraId="6A163A4E" w14:textId="77777777" w:rsidR="009B1273" w:rsidRPr="00786A65" w:rsidRDefault="009B1273" w:rsidP="00786A65">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71C7AAEF" w14:textId="77777777" w:rsidR="009B1273" w:rsidRDefault="002B2A5F" w:rsidP="0058420A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="009B1273">
         <w:t xml:space="preserve">e ex på fliken </w:t>
       </w:r>
       <w:r w:rsidR="00A52EBC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>”L</w:t>
       </w:r>
       <w:r w:rsidR="0058420A" w:rsidRPr="0058420A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ön och tillägg”</w:t>
       </w:r>
       <w:r w:rsidR="0058420A">
         <w:t xml:space="preserve"> uppdelad </w:t>
       </w:r>
       <w:r w:rsidR="005A6F60">
         <w:t>i två</w:t>
       </w:r>
       <w:r w:rsidR="009B1273">
         <w:t xml:space="preserve"> bilder neda</w:t>
       </w:r>
       <w:r w:rsidR="0058420A">
         <w:t>n.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A6F60" w:rsidRDefault="00E02AD9" w:rsidP="00FA717B">
+    <w:p w14:paraId="13F5828C" w14:textId="77777777" w:rsidR="005A6F60" w:rsidRDefault="00E02AD9" w:rsidP="00FA717B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">              </w:t>
       </w:r>
       <w:r w:rsidR="009B1273">
         <w:t xml:space="preserve">                 </w:t>
       </w:r>
       <w:r w:rsidR="00562FCB">
         <w:t xml:space="preserve">                         </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A6F60" w:rsidRDefault="00C3284E" w:rsidP="002B2A5F">
+    <w:p w14:paraId="4C9DE1BE" w14:textId="77777777" w:rsidR="005A6F60" w:rsidRDefault="00C3284E" w:rsidP="002B2A5F">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1BB7BDB7" wp14:editId="1B7D0E40">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4841D0DB" wp14:editId="1FF629F1">
             <wp:extent cx="6997416" cy="1630680"/>
             <wp:effectExtent l="0" t="0" r="0" b="7620"/>
             <wp:docPr id="35" name="Bildobjekt 35"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId19"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7006166" cy="1632719"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA717B" w:rsidRDefault="00FA717B" w:rsidP="002B2A5F">
-[...4 lines deleted...]
-    <w:p w:rsidR="002E5CE8" w:rsidRDefault="00C3284E" w:rsidP="002B2A5F">
+    <w:p w14:paraId="5FEA084B" w14:textId="77777777" w:rsidR="00FA717B" w:rsidRDefault="00FA717B" w:rsidP="002B2A5F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="304D1005" w14:textId="77777777" w:rsidR="002E5CE8" w:rsidRDefault="00C3284E" w:rsidP="002B2A5F">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="62D5C382" wp14:editId="18690EFA">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="41B3C7DC" wp14:editId="29071D70">
             <wp:extent cx="7008553" cy="1165860"/>
             <wp:effectExtent l="0" t="0" r="1905" b="0"/>
             <wp:docPr id="36" name="Bildobjekt 36"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId20"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7052464" cy="1173165"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA717B" w:rsidRDefault="00FA717B">
+    <w:p w14:paraId="176C6370" w14:textId="77777777" w:rsidR="00FA717B" w:rsidRDefault="00FA717B">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0096052A" w:rsidRDefault="0096052A" w:rsidP="002B2A5F">
-[...4 lines deleted...]
-    <w:p w:rsidR="005B03ED" w:rsidRPr="005B03ED" w:rsidRDefault="005B03ED" w:rsidP="005B03ED">
+    <w:p w14:paraId="342F8E70" w14:textId="77777777" w:rsidR="0096052A" w:rsidRDefault="0096052A" w:rsidP="002B2A5F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F7834DB" w14:textId="77777777" w:rsidR="005B03ED" w:rsidRPr="005B03ED" w:rsidRDefault="005B03ED" w:rsidP="005B03ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc84930060"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc84930060"/>
       <w:r w:rsidRPr="005B03ED">
         <w:t>4.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA717B">
         <w:t>3 Tjänsteomfattning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00FA717B" w:rsidRDefault="00FA717B" w:rsidP="00FA717B">
+      <w:bookmarkEnd w:id="6"/>
+    </w:p>
+    <w:p w14:paraId="61908B0D" w14:textId="77777777" w:rsidR="00FA717B" w:rsidRDefault="00FA717B" w:rsidP="00FA717B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0133553B" w14:textId="77777777" w:rsidR="00FA717B" w:rsidRDefault="00FA717B" w:rsidP="00FA717B">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">I fliken </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB392D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB392D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>jänsteomfattning”</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> anges aktuell tjänsteomfattning per månad för personal med </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB392D">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>hemvist</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> på avdelningen. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA717B" w:rsidRDefault="00FA717B" w:rsidP="00FA717B">
+    <w:p w14:paraId="2959744E" w14:textId="77777777" w:rsidR="00FA717B" w:rsidRDefault="00FA717B" w:rsidP="00FA717B">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">I denna flik kan ändringar göras direkt i celler samt </w:t>
       </w:r>
       <w:r w:rsidR="00912705">
         <w:t xml:space="preserve">kan </w:t>
       </w:r>
       <w:r>
-        <w:t>tjänsteomfattning på aktuell personal (</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> inlagda nyanställningar) enligt flik ”</w:t>
+        <w:t>tjänsteomfattning på aktuell personal (inkl inlagda nyanställningar) enligt flik ”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidRPr="0058420A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ön och tillägg”</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912705">
         <w:t>l</w:t>
       </w:r>
       <w:r>
         <w:t>äggas in.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA717B" w:rsidRDefault="00FA717B" w:rsidP="00FA717B">
-[...4 lines deleted...]
-    <w:p w:rsidR="00FA717B" w:rsidRDefault="00FA717B" w:rsidP="005B03ED">
+    <w:p w14:paraId="67CF8CD5" w14:textId="77777777" w:rsidR="00FA717B" w:rsidRDefault="00FA717B" w:rsidP="00FA717B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="205AAB13" w14:textId="77777777" w:rsidR="00FA717B" w:rsidRDefault="00FA717B" w:rsidP="005B03ED">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005B03ED" w:rsidRDefault="00912705" w:rsidP="005B03ED">
+    <w:p w14:paraId="5161B20C" w14:textId="77777777" w:rsidR="005B03ED" w:rsidRDefault="00912705" w:rsidP="005B03ED">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251715584" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251715584" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1101155A" wp14:editId="719CD1FE">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4531766</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1428826</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="841248" cy="775411"/>
                 <wp:effectExtent l="0" t="38100" r="54610" b="24765"/>
                 <wp:wrapNone/>
                 <wp:docPr id="300" name="Rak pil 300"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm flipV="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="841248" cy="775411"/>
                         </a:xfrm>
                         <a:prstGeom prst="straightConnector1">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln>
@@ -5835,247 +5603,239 @@
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="00B218A6" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
                 <v:path arrowok="t" fillok="f" o:connecttype="none"/>
                 <o:lock v:ext="edit" shapetype="t"/>
               </v:shapetype>
               <v:shape id="Rak pil 300" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:356.85pt;margin-top:112.5pt;width:66.25pt;height:61.05pt;flip:y;z-index:251715584;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDIWcL72gEAAPUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v1DAQvSPxHyzf2STLQqtosz1sgQuC&#10;VQu9u46dWPWXxmaT/HvGTjYgKBJCXCx/zHsz7814fzMaTc4CgnK2odWmpERY7lplu4Z+/fL+1TUl&#10;ITLbMu2saOgkAr05vHyxH3wttq53uhVAkMSGevAN7WP0dVEE3gvDwsZ5YfFROjAs4hG6ogU2ILvR&#10;xbYs3xaDg9aD4yIEvL2dH+kh80spePwsZRCR6IZibTGvkNfHtBaHPas7YL5XfCmD/UMVhimLSVeq&#10;WxYZ+QbqNyqjOLjgZNxwZwonpeIia0A1VfmLmvueeZG1oDnBrzaF/0fLP51PQFTb0Ncl+mOZwSbd&#10;sSfilSbpCg0afKgx7mhPsJyCP0FSO0owRGrlH7D3WT8qImO2d1rtFWMkHC+vd9V2h/PA8enq6s2u&#10;qhJ7MdMkOg8hfhDOkLRpaIjAVNfHo7MWG+lgTsHOH0OcgRdAAmub1siUfmdbEiePQiIoZjstljwp&#10;pEhq5vrzLk5azPA7IdEIrHNOk0dQHDWQM8PhaZ8u1WqLkQkildYrqMzy/whaYhNM5LH8W+AanTM6&#10;G1egUdbBc1njeClVzvEX1bPWJPvRtVPuZrYDZyv3YfkHaXh/Pmf4j996+A4AAP//AwBQSwMEFAAG&#10;AAgAAAAhANR6/RjhAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyokzQ0&#10;VYhTISQugGgpXHpz420SEa8j220DX89yguNqn2beVKvJDuKEPvSOFKSzBARS40xPrYKP98ebJYgQ&#10;NRk9OEIFXxhgVV9eVLo07kxveNrGVnAIhVIr6GIcSylD06HVYeZGJP4dnLc68ulbabw+c7gdZJYk&#10;C2l1T9zQ6REfOmw+t0er4CX166di93rIQ+u/d/Scb8LGKXV9Nd3fgYg4xT8YfvVZHWp22rsjmSAG&#10;BUU6LxhVkGW3PIqJZb7IQOwVzPMiBVlX8v+G+gcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQDIWcL72gEAAPUDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDUev0Y4QAAAAsBAAAPAAAAAAAAAAAAAAAAADQEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAQgUAAAAA&#10;" strokecolor="black [3200]" strokeweight=".5pt">
                 <v:stroke endarrow="block" joinstyle="miter"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="31F51C51" wp14:editId="09712020">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2830F53C" wp14:editId="793CD14A">
             <wp:extent cx="6645910" cy="1916430"/>
             <wp:effectExtent l="0" t="0" r="2540" b="7620"/>
             <wp:docPr id="297" name="Bildobjekt 297"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId21"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6645910" cy="1916430"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00912705" w:rsidRDefault="00912705" w:rsidP="005B03ED">
+    <w:p w14:paraId="2BF84E67" w14:textId="77777777" w:rsidR="00912705" w:rsidRDefault="00912705" w:rsidP="005B03ED">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00912705" w:rsidRDefault="00912705" w:rsidP="00912705">
+    <w:p w14:paraId="6FE4894D" w14:textId="77777777" w:rsidR="00912705" w:rsidRDefault="00912705" w:rsidP="00912705">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Vid ändringar av tjänsteomfattning finns möjlighet att använda knappen </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC5751">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>”Fyll ut till höger”</w:t>
       </w:r>
       <w:r w:rsidRPr="003916BC">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Skriv t ex in en </w:t>
       </w:r>
       <w:r w:rsidR="00483302">
         <w:t>procentsats</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> i januari och klicka på knappen ”Fyll ut till höger”, då läggs samma </w:t>
       </w:r>
       <w:r w:rsidR="00483302">
         <w:t>procent</w:t>
       </w:r>
       <w:r>
         <w:t>sats in i februari-december.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00912705" w:rsidRDefault="00912705" w:rsidP="00912705">
-[...4 lines deleted...]
-    <w:p w:rsidR="00912705" w:rsidRPr="00FA717B" w:rsidRDefault="00912705" w:rsidP="00912705">
+    <w:p w14:paraId="2D743E8B" w14:textId="77777777" w:rsidR="00912705" w:rsidRDefault="00912705" w:rsidP="00912705">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F901FCE" w14:textId="77777777" w:rsidR="00912705" w:rsidRPr="00FA717B" w:rsidRDefault="00912705" w:rsidP="00912705">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>Som tidigare rekommenderats läggs nyanställda först upp i fliken</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB392D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>”A</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB392D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>nställning</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> med samtlig information. Endast ändringar mot detta görs lämpligen i denna flik.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0096052A" w:rsidRDefault="0096052A" w:rsidP="0058420A">
+    <w:p w14:paraId="3720FC5A" w14:textId="77777777" w:rsidR="0096052A" w:rsidRDefault="0096052A" w:rsidP="0058420A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E02AD9" w:rsidRPr="00E02AD9" w:rsidRDefault="005B03ED" w:rsidP="005B03ED">
+    <w:p w14:paraId="077DCC5C" w14:textId="77777777" w:rsidR="00E02AD9" w:rsidRPr="00E02AD9" w:rsidRDefault="005B03ED" w:rsidP="005B03ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Toc84930061"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc84930061"/>
       <w:r>
         <w:t xml:space="preserve">4.4 </w:t>
       </w:r>
       <w:r w:rsidR="0058420A" w:rsidRPr="009068C3">
         <w:t>Frånvaro</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00BB392D" w:rsidRDefault="00BB392D" w:rsidP="0058420A">
+      <w:bookmarkEnd w:id="7"/>
+    </w:p>
+    <w:p w14:paraId="001599BA" w14:textId="77777777" w:rsidR="00BB392D" w:rsidRDefault="00BB392D" w:rsidP="0058420A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA717B" w:rsidRDefault="00FA717B" w:rsidP="00FA717B">
+    <w:p w14:paraId="57B71FCE" w14:textId="77777777" w:rsidR="00FA717B" w:rsidRDefault="00FA717B" w:rsidP="00FA717B">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">I fliken </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>”Frånvaro”</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> anges aktuell frånvaro i procent per månad för personal med </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB392D">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>hemvist</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> på avdelningen. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA717B" w:rsidRDefault="00FA717B" w:rsidP="00FA717B">
+    <w:p w14:paraId="274BF443" w14:textId="77777777" w:rsidR="00FA717B" w:rsidRDefault="00FA717B" w:rsidP="00FA717B">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00912705">
         <w:t xml:space="preserve">I denna flik kan ändringar göras direkt i celler samt </w:t>
       </w:r>
       <w:r w:rsidR="00912705">
         <w:t xml:space="preserve">kan </w:t>
       </w:r>
       <w:r w:rsidRPr="00912705">
-        <w:t>frånvaro på aktuell personal (</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> inlagda nyanställningar) enligt flik ”</w:t>
+        <w:t>frånvaro på aktuell personal (inkl inlagda nyanställningar) enligt flik ”</w:t>
       </w:r>
       <w:r w:rsidRPr="00912705">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Lön och tillägg”</w:t>
       </w:r>
       <w:r w:rsidR="00912705">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00912705" w:rsidRPr="00912705">
         <w:t>läggas in</w:t>
       </w:r>
       <w:r w:rsidRPr="00912705">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00390545">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00390545" w:rsidRPr="00390545">
         <w:rPr>
           <w:u w:val="single"/>
@@ -6085,72 +5845,72 @@
       <w:r w:rsidR="00F62927">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">total </w:t>
       </w:r>
       <w:r w:rsidR="00390545" w:rsidRPr="00390545">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>tjänst</w:t>
       </w:r>
       <w:r w:rsidR="00F62927">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>eomfattning</w:t>
       </w:r>
       <w:r w:rsidR="00390545" w:rsidRPr="00390545">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> d v s 50% tjänst kan maximalt ha 50% frånvaro.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA717B" w:rsidRDefault="00FA717B" w:rsidP="002B2A5F">
+    <w:p w14:paraId="27E667F6" w14:textId="77777777" w:rsidR="00FA717B" w:rsidRDefault="00FA717B" w:rsidP="002B2A5F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A60766" w:rsidRDefault="00912705" w:rsidP="00BB392D">
+    <w:p w14:paraId="4D2F15FE" w14:textId="77777777" w:rsidR="00A60766" w:rsidRDefault="00912705" w:rsidP="00BB392D">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251714560" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251714560" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D360390" wp14:editId="0C337293">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4268419</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1436167</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1133856" cy="592531"/>
                 <wp:effectExtent l="0" t="38100" r="47625" b="36195"/>
                 <wp:wrapNone/>
                 <wp:docPr id="299" name="Rak pil 299"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm flipV="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="1133856" cy="592531"/>
                         </a:xfrm>
                         <a:prstGeom prst="straightConnector1">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln>
@@ -6171,197 +5931,197 @@
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="4201F5C3" id="Rak pil 299" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:336.1pt;margin-top:113.1pt;width:89.3pt;height:46.65pt;flip:y;z-index:251714560;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBHhVyK2wEAAPYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X2wnSNEYcXpIt12G&#10;Leg+7qos2UL1BUqLnX8/SnbcYRuGYtiFkCi+Rz6S2t+NRpOzgKCcbWi1KikRlrtW2a6hX7+8e3NL&#10;SYjMtkw7Kxp6EYHeHV6/2g++FmvXO90KIEhiQz34hvYx+rooAu+FYWHlvLD4KB0YFvEKXdECG5Dd&#10;6GJdljfF4KD14LgIAb330yM9ZH4pBY+fpAwiEt1QrC1mC9k+Jlsc9qzugPle8bkM9g9VGKYsJl2o&#10;7llk5Duo36iM4uCCk3HFnSmclIqLrAHVVOUvaj73zIusBZsT/NKm8P9o+cfzCYhqG7re7SixzOCQ&#10;HtgT8UqT5MIGDT7UGHe0J5hvwZ8gqR0lGCK18t9w9lk/KiJjbu9laa8YI+HorKrN5nZ7QwnHt+1u&#10;vd1Uib6YeBKfhxDfC2dIOjQ0RGCq6+PRWYuTdDDlYOcPIU7AKyCBtU02MqXf2pbEi0clERSznRZz&#10;nhRSJDmTgHyKFy0m+IOQ2IlUaJaSd1AcNZAzw+1pn67VaouRCSKV1guo/Dtojk0wkffypcAlOmd0&#10;Ni5Ao6yDP2WN47VUOcVfVU9ak+xH117yOHM7cLnyHOaPkLb353uGP3/Xww8AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQAPD+lh4gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjcWNqy&#10;daPUnRASF0CwDy67ZU3WVjROlWRb4ddjTnCz5Uevn7dcjrYXJ+ND5wghnSQgDNVOd9QgfGyfbhYg&#10;QlSkVe/IIHyZAMvq8qJUhXZnWpvTJjaCQygUCqGNcSikDHVrrAoTNxji28F5qyKvvpHaqzOH215m&#10;SZJLqzriD60azGNr6s/N0SK8pv79eb57O0xD47939DJdhZVDvL4aH+5BRDPGPxh+9VkdKnbauyPp&#10;IHqEfJ5ljCJkWc4DE4tZwmX2CLfp3QxkVcr/HaofAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAEeFXIrbAQAA9gMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAA8P6WHiAAAACwEAAA8AAAAAAAAAAAAAAAAANQQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAABEBQAAAAA=&#10;" strokecolor="black [3200]" strokeweight=".5pt">
                 <v:stroke endarrow="block" joinstyle="miter"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0BA1ABFA" wp14:editId="3C35F6B2">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2CBF1AEA" wp14:editId="3A784E9C">
             <wp:extent cx="6645910" cy="1807210"/>
             <wp:effectExtent l="0" t="0" r="2540" b="2540"/>
             <wp:docPr id="298" name="Bildobjekt 298"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId22"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6645910" cy="1807210"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C6D98" w:rsidRDefault="003C6D98" w:rsidP="003C6D98">
-[...4 lines deleted...]
-    <w:p w:rsidR="003C6D98" w:rsidRDefault="003C6D98" w:rsidP="003C6D98">
+    <w:p w14:paraId="226B9202" w14:textId="77777777" w:rsidR="003C6D98" w:rsidRDefault="003C6D98" w:rsidP="003C6D98">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13CD1D50" w14:textId="77777777" w:rsidR="003C6D98" w:rsidRDefault="003C6D98" w:rsidP="003C6D98">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Vid ändringar av frånvaro finns möjlighet att använda knappen </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC5751">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>”Fyll ut till höger”</w:t>
       </w:r>
       <w:r w:rsidRPr="00C52D37">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Skriv t ex in en </w:t>
       </w:r>
       <w:r w:rsidR="00483302">
         <w:t>procent</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">sats i januari och klicka på knappen ”Fyll ut till höger”, då läggs samma </w:t>
       </w:r>
       <w:r w:rsidR="00483302">
         <w:t>procent</w:t>
       </w:r>
       <w:r>
         <w:t>sats in i februari-december.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C6D98" w:rsidRDefault="003C6D98" w:rsidP="00BB392D">
-[...4 lines deleted...]
-    <w:p w:rsidR="00A60766" w:rsidRDefault="003C6D98" w:rsidP="003C6D98">
+    <w:p w14:paraId="3EEA3D96" w14:textId="77777777" w:rsidR="003C6D98" w:rsidRDefault="003C6D98" w:rsidP="00BB392D">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B496DD2" w14:textId="77777777" w:rsidR="00A60766" w:rsidRDefault="003C6D98" w:rsidP="003C6D98">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>Som tidigare rekommenderats läggs nyanställda först upp i fliken</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB392D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>”A</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB392D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>nställning</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> med samtlig information. Endast ändringar mot detta görs lämpligen i denna flik.</w:t>
       </w:r>
       <w:r w:rsidR="00A60766">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009068C3" w:rsidRDefault="009068C3" w:rsidP="00BB392D">
-[...4 lines deleted...]
-    <w:p w:rsidR="00BB392D" w:rsidRPr="009068C3" w:rsidRDefault="005B03ED" w:rsidP="005B03ED">
+    <w:p w14:paraId="0B06F253" w14:textId="77777777" w:rsidR="009068C3" w:rsidRDefault="009068C3" w:rsidP="00BB392D">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="248B163F" w14:textId="77777777" w:rsidR="00BB392D" w:rsidRPr="009068C3" w:rsidRDefault="005B03ED" w:rsidP="005B03ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Toc84930062"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc84930062"/>
       <w:r>
         <w:t xml:space="preserve">4.5 </w:t>
       </w:r>
       <w:r w:rsidR="00BB392D" w:rsidRPr="009068C3">
         <w:t>Kontering av egen personal</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00A60766" w:rsidRDefault="00E54D95" w:rsidP="00A60766">
+      <w:bookmarkEnd w:id="8"/>
+    </w:p>
+    <w:p w14:paraId="06E13C4B" w14:textId="77777777" w:rsidR="00A60766" w:rsidRDefault="00E54D95" w:rsidP="00A60766">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251711488" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251711488" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="346C9B14" wp14:editId="45861107">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>647395</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>499466</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="175565" cy="1455724"/>
                 <wp:effectExtent l="38100" t="0" r="34290" b="49530"/>
                 <wp:wrapNone/>
                 <wp:docPr id="63" name="Rak pil 63"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm flipH="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="175565" cy="1455724"/>
                         </a:xfrm>
                         <a:prstGeom prst="straightConnector1">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln>
@@ -6428,72 +6188,72 @@
       <w:r w:rsidR="00A60766">
         <w:t xml:space="preserve"> personal med </w:t>
       </w:r>
       <w:r w:rsidR="00A60766" w:rsidRPr="00BB392D">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>hemvist</w:t>
       </w:r>
       <w:r w:rsidR="00A60766">
         <w:t xml:space="preserve"> på avdelningen.  Komplett kontering motsvarar då 100 % av tjänsteomfattning</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00A60766">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Högst upp i bilden</w:t>
       </w:r>
       <w:r w:rsidR="00A60766">
         <w:t xml:space="preserve"> visas eventuell differens mot 100 %.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A60766" w:rsidRDefault="00A60766" w:rsidP="002B2A5F">
+    <w:p w14:paraId="09D2AEB7" w14:textId="77777777" w:rsidR="00A60766" w:rsidRDefault="00A60766" w:rsidP="002B2A5F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BB392D" w:rsidRDefault="00A947DB" w:rsidP="002B2A5F">
+    <w:p w14:paraId="72854F0F" w14:textId="77777777" w:rsidR="00BB392D" w:rsidRDefault="00A947DB" w:rsidP="002B2A5F">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251712512" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251712512" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="43480D50" wp14:editId="3E3392C0">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4549140</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>2285999</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="558800" cy="2034540"/>
                 <wp:effectExtent l="0" t="38100" r="50800" b="22860"/>
                 <wp:wrapNone/>
                 <wp:docPr id="290" name="Rak pil 290"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm flipV="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="558800" cy="2034540"/>
                         </a:xfrm>
                         <a:prstGeom prst="straightConnector1">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln>
@@ -6520,174 +6280,166 @@
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="2954F648" id="Rak pil 290" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:358.2pt;margin-top:180pt;width:44pt;height:160.2pt;flip:y;z-index:251712512;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBB6i/D2wEAAPYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfadKyRSVquocucEFQ&#10;7QJ3r2M31vpL46Fp/j1jpw2IDwkhLpY/5r2Z92a8vT07y04Kkgm+5ctFzZnyMnTGH1v++dPbFxvO&#10;EgrfCRu8avmoEr/dPX+2HWKjVqEPtlPAiMSnZogt7xFjU1VJ9sqJtAhReXrUAZxAOsKx6kAMxO5s&#10;tarrV9UQoIsQpEqJbu+mR74r/ForiR+1TgqZbTnVhmWFsj7mtdptRXMEEXsjL2WIf6jCCeMp6Ux1&#10;J1Cwr2B+oXJGQkhB40IGVwWtjVRFA6lZ1j+peehFVEULmZPibFP6f7Tyw+kAzHQtX70mf7xw1KR7&#10;8cSisSxfkUFDTA3F7f0BLqcUD5DVnjU4pq2JX6j3RT8pYudi7zjbq87IJF2u15tNTUkkPa3qlzfr&#10;m0JfTTyZL0LCdyo4ljctTwjCHHvcB++pkwGmHOL0PiFVQsArIIOtzysKY9/4juEYSQmCEf5oVZZB&#10;4TmkynImAWWHo1UT/F5pcoIKndKUGVR7C+wkaHq6p+XMQpEZoo21M6gu+v8IusRmmCpz+bfAObpk&#10;DB5noDM+wO+y4vlaqp7ir6onrVn2Y+jG0s5iBw1X8efyEfL0/ngu8O/fdfcNAAD//wMAUEsDBBQA&#10;BgAIAAAAIQDYrR6G4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWFKo&#10;uqmrOyEkLoBgjF12y5qsrWicKsm2wq/HnOBm+z09f69aTW4QJxti7wkhmykQlhpvemoRth+PNwsQ&#10;MWkyevBkEb5shFV9eVHp0vgzvdvTJrWCQyiWGqFLaSyljE1nnY4zP1pi7eCD04nX0EoT9JnD3SBv&#10;lSqk0z3xh06P9qGzzefm6BBesvD2NN+9HvLYhu8dPefruPaI11fT/RJEslP6M8MvPqNDzUx7fyQT&#10;xYAwz4qcrQh3heJS7FionC97hIInkHUl/3eofwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBB6i/D2wEAAPYDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDYrR6G4AAAAAsBAAAPAAAAAAAAAAAAAAAAADUEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAQgUAAAAA&#10;" strokecolor="black [3200]" strokeweight=".5pt">
                 <v:stroke endarrow="block" joinstyle="miter"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00E54D95">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="16F178D2" wp14:editId="745E2C16">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5B919DAD" wp14:editId="7C5ACC16">
             <wp:extent cx="6964680" cy="3794440"/>
             <wp:effectExtent l="0" t="0" r="7620" b="0"/>
             <wp:docPr id="62" name="Bildobjekt 62"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId23"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6970132" cy="3797410"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B45425" w:rsidRDefault="00B45425" w:rsidP="00BB392D">
-[...4 lines deleted...]
-    <w:p w:rsidR="00BB392D" w:rsidRDefault="00BB392D" w:rsidP="00BB392D">
+    <w:p w14:paraId="7F36F592" w14:textId="77777777" w:rsidR="00B45425" w:rsidRDefault="00B45425" w:rsidP="00BB392D">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A77DD71" w14:textId="77777777" w:rsidR="00BB392D" w:rsidRDefault="00BB392D" w:rsidP="00BB392D">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">I denna flik kan ändringar göras direkt i celler på </w:t>
       </w:r>
       <w:r w:rsidR="00B45425">
         <w:t>aktuell personal</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001E65AF">
-        <w:t>(</w:t>
-[...15 lines deleted...]
-    <w:p w:rsidR="00A947DB" w:rsidRDefault="00A947DB" w:rsidP="00A947DB">
+        <w:t xml:space="preserve">(inkl inlagda nyanställningar). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63773E8C" w14:textId="77777777" w:rsidR="00A60766" w:rsidRDefault="00A60766" w:rsidP="00BB392D">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70A75C7E" w14:textId="77777777" w:rsidR="00A947DB" w:rsidRDefault="00A947DB" w:rsidP="00A947DB">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Vid ändringar av kontering finns möjlighet att använda knappen </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC5751">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>”Fyll ut till höger”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Skriv t ex in en </w:t>
       </w:r>
       <w:r w:rsidR="00483302">
         <w:t>procent</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">sats i januari och klicka på knappen ”Fyll ut till höger”, då läggs samma </w:t>
       </w:r>
       <w:r w:rsidR="00483302">
         <w:t>procent</w:t>
       </w:r>
       <w:r>
         <w:t>sats in i februari-december.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A947DB" w:rsidRDefault="00A947DB" w:rsidP="00BB392D">
-[...4 lines deleted...]
-    <w:p w:rsidR="00A60766" w:rsidRDefault="00B2723E" w:rsidP="00BB392D">
+    <w:p w14:paraId="5F945398" w14:textId="77777777" w:rsidR="00A947DB" w:rsidRDefault="00A947DB" w:rsidP="00BB392D">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5857D7F1" w14:textId="77777777" w:rsidR="00A60766" w:rsidRDefault="00B2723E" w:rsidP="00BB392D">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251713536" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251713536" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="42546AD1" wp14:editId="3B92B376">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1956816</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>342646</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1082650" cy="446227"/>
                 <wp:effectExtent l="0" t="0" r="60960" b="68580"/>
                 <wp:wrapNone/>
                 <wp:docPr id="292" name="Rak pil 292"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1082650" cy="446227"/>
                         </a:xfrm>
                         <a:prstGeom prst="straightConnector1">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln>
@@ -6723,190 +6475,185 @@
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="001E65AF">
         <w:t>Här kan urval göras på olika konto</w:t>
       </w:r>
       <w:r w:rsidR="00A60766">
         <w:t>fält</w:t>
       </w:r>
       <w:r w:rsidR="001E65AF">
         <w:t xml:space="preserve"> varför det är lämplig</w:t>
       </w:r>
       <w:r w:rsidR="00A60766">
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="001E65AF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A60766">
         <w:t xml:space="preserve">att i denna </w:t>
       </w:r>
       <w:r w:rsidR="001E65AF">
         <w:t xml:space="preserve">flik lägga budgetkontering av personal mot </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00A60766">
         <w:t xml:space="preserve">en </w:t>
       </w:r>
       <w:r w:rsidR="001E65AF">
         <w:t xml:space="preserve">viss </w:t>
       </w:r>
       <w:r w:rsidR="00695011">
         <w:t>projek</w:t>
       </w:r>
       <w:r w:rsidR="001E65AF">
-        <w:t>t</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">.  Urval görs direkt i filter </w:t>
+        <w:t xml:space="preserve">t.  Urval görs direkt i filter </w:t>
       </w:r>
       <w:r w:rsidR="00A60766">
         <w:t xml:space="preserve">i </w:t>
       </w:r>
       <w:r w:rsidR="001E65AF">
         <w:t>rubrik.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A60766" w:rsidRDefault="00A60766" w:rsidP="00A80CEC">
+    <w:p w14:paraId="3D041DB4" w14:textId="77777777" w:rsidR="00A60766" w:rsidRDefault="00A60766" w:rsidP="00A80CEC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0096052A" w:rsidRDefault="00B2723E" w:rsidP="00A80CEC">
+    <w:p w14:paraId="61F46478" w14:textId="77777777" w:rsidR="0096052A" w:rsidRDefault="00B2723E" w:rsidP="00A80CEC">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1D87FD2A" wp14:editId="77EE01F0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="05FB800D" wp14:editId="1C6C1F75">
             <wp:extent cx="6645910" cy="1930400"/>
             <wp:effectExtent l="0" t="0" r="2540" b="0"/>
             <wp:docPr id="1" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId24"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6645910" cy="1930400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A60766" w:rsidRDefault="00A60766" w:rsidP="00A80CEC">
-[...4 lines deleted...]
-    <w:p w:rsidR="00A60766" w:rsidRDefault="00A60766" w:rsidP="00A80CEC">
+    <w:p w14:paraId="77BF46E0" w14:textId="77777777" w:rsidR="00A60766" w:rsidRDefault="00A60766" w:rsidP="00A80CEC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="000F062D" w14:textId="77777777" w:rsidR="00A60766" w:rsidRDefault="00A60766" w:rsidP="00A80CEC">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>Som tidigare rekommenderats läggs nyanställda först upp i fliken</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB392D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>”A</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB392D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>nställning</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> med samtlig information.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A60766" w:rsidRDefault="00A60766">
+    <w:p w14:paraId="5B6C9721" w14:textId="77777777" w:rsidR="00A60766" w:rsidRDefault="00A60766">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A60766" w:rsidRPr="009068C3" w:rsidRDefault="00A60766" w:rsidP="00A80CEC">
-[...4 lines deleted...]
-    <w:p w:rsidR="00F15A52" w:rsidRDefault="00F15A52" w:rsidP="00F15A52">
+    <w:p w14:paraId="6FEEC253" w14:textId="77777777" w:rsidR="00A60766" w:rsidRPr="009068C3" w:rsidRDefault="00A60766" w:rsidP="00A80CEC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35A1E2DD" w14:textId="77777777" w:rsidR="00F15A52" w:rsidRDefault="00F15A52" w:rsidP="00F15A52">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Toc84930063"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc84930063"/>
       <w:r>
         <w:t>4.6 [Import – kontering]</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="002A241E" w:rsidRPr="00695011" w:rsidRDefault="00F15A52" w:rsidP="00F15A52">
+      <w:bookmarkEnd w:id="9"/>
+    </w:p>
+    <w:p w14:paraId="1E8903BE" w14:textId="77777777" w:rsidR="002A241E" w:rsidRPr="00695011" w:rsidRDefault="00F15A52" w:rsidP="00F15A52">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F62170">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">I fliken </w:t>
       </w:r>
       <w:r w:rsidRPr="00F62170">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>”[</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB1419">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Import – kontering]”</w:t>
@@ -6914,820 +6661,642 @@
       <w:r w:rsidRPr="00CB1419">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> visas inledningsvis aktuell kontering i procent av tjänsteomfattning för personal med </w:t>
       </w:r>
       <w:r w:rsidRPr="00695011">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>hemvist</w:t>
       </w:r>
       <w:r w:rsidRPr="00695011">
         <w:t xml:space="preserve"> på annan avdelningen. </w:t>
       </w:r>
       <w:r w:rsidRPr="00695011">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00695011">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Här kan Excelimport göras för kontering av inlagd personal. Grunddata utgör Excelfil från tjänsteplaneringsverktyget </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Här kan Excelimport göras för kontering av inlagd personal. Grunddata utgör Excelfil från tjänsteplaneringsverktyget Retendo.</w:t>
+      </w:r>
+      <w:r w:rsidR="002A6832" w:rsidRPr="00695011">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002A6832" w:rsidRPr="00695011">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rutinbeskrivning för </w:t>
+      </w:r>
+      <w:r w:rsidR="00A178C1" w:rsidRPr="00695011">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hantering av </w:t>
+      </w:r>
+      <w:r w:rsidR="002A6832" w:rsidRPr="00695011">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>detta i Retendo se Websidan för Retendo</w:t>
+      </w:r>
+      <w:r w:rsidR="002A6832" w:rsidRPr="00695011">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09614022" w14:textId="77777777" w:rsidR="00F15A52" w:rsidRPr="00695011" w:rsidRDefault="00F15A52" w:rsidP="00F15A52">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00695011">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Retendo</w:t>
-[...89 lines deleted...]
-    <w:p w:rsidR="00F2151C" w:rsidRPr="00695011" w:rsidRDefault="00F2151C" w:rsidP="00F15A52">
+        <w:t xml:space="preserve"> I aktuell tidplan framgår deadline för registrering i Retendo. Dagen efter är konteringsfilen tillgänglig med aktuella budgetdata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72E5FCFD" w14:textId="77777777" w:rsidR="00F2151C" w:rsidRPr="00695011" w:rsidRDefault="00F2151C" w:rsidP="00F15A52">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00695011">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>OBS! Import kontering personal gäller bara personal med hemvist på aktuell avdelning!</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F15A52" w:rsidRPr="00695011" w:rsidRDefault="00F15A52" w:rsidP="00F15A52">
+    <w:p w14:paraId="7C276F4A" w14:textId="77777777" w:rsidR="00F15A52" w:rsidRPr="00695011" w:rsidRDefault="00F15A52" w:rsidP="00F15A52">
       <w:pPr>
         <w:spacing w:before="200" w:after="0" w:line="216" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00695011">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Excel-import, steg för steg</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F15A52" w:rsidRPr="00695011" w:rsidRDefault="00F15A52" w:rsidP="00F15A52">
+    <w:p w14:paraId="0FE573FB" w14:textId="77777777" w:rsidR="00F15A52" w:rsidRPr="00695011" w:rsidRDefault="00F15A52" w:rsidP="00F15A52">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
         <w:ind w:left="1008"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00695011">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Endast inloggade användare med tilldelad budget- eller prognosuppgift har tillgång till funktionaliteten</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F15A52" w:rsidRPr="00695011" w:rsidRDefault="00F15A52" w:rsidP="00F15A52">
+    <w:p w14:paraId="709F0EAA" w14:textId="77777777" w:rsidR="00F15A52" w:rsidRPr="00695011" w:rsidRDefault="00F15A52" w:rsidP="00F15A52">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
         <w:ind w:left="1008"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00695011">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Kolumnerna i Excel måste vara samma som i Hypergene, både med avseende på ordning på kolumner och datatyper</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002F1A79" w:rsidRPr="00695011" w:rsidRDefault="002F1A79" w:rsidP="00F15A52">
+    <w:p w14:paraId="21028F96" w14:textId="77777777" w:rsidR="002F1A79" w:rsidRPr="00695011" w:rsidRDefault="002F1A79" w:rsidP="00F15A52">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
         <w:ind w:left="1008"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00695011">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Inled med att ta en säkerhetskopia på startvärden av personaldata innan Excelimport - klicka på Excelimport-knappen.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F15A52" w:rsidRPr="00695011" w:rsidRDefault="00F15A52" w:rsidP="00F15A52">
+    <w:p w14:paraId="7A4B42D5" w14:textId="77777777" w:rsidR="00F15A52" w:rsidRPr="00695011" w:rsidRDefault="00F15A52" w:rsidP="00F15A52">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
         <w:ind w:left="1008"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00695011">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Därefter kopierar man </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00695011">
+        <w:t>Därefter kopierar man datan i Excel (markerar celler och kopierar med t ex ctrl+c) och klickar på knappen Excelimport i Hypergene. Då kommer den kopierade datan placeras i kolumnerna i uppgiften och man kan fortsätta arbeta med dem i Hypergene</w:t>
+      </w:r>
+      <w:r w:rsidR="002A241E" w:rsidRPr="00695011">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>datan</w:t>
-[...39 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002A241E" w:rsidRPr="00695011" w:rsidRDefault="002A241E" w:rsidP="002A241E">
+    <w:p w14:paraId="344FE150" w14:textId="77777777" w:rsidR="002A241E" w:rsidRPr="00695011" w:rsidRDefault="002A241E" w:rsidP="002A241E">
       <w:pPr>
         <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
         <w:ind w:left="1008"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00695011">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve">OBS! I Hypergene och </w:t>
-[...66 lines deleted...]
-    <w:p w:rsidR="00F15A52" w:rsidRPr="00695011" w:rsidRDefault="00F15A52" w:rsidP="00F15A52">
+        <w:t>OBS! I Hypergene och Hypergenes Excel-export ingår i cellen med namn efter personnummer och anst.nr. I Retendos Excelfil endast personnr. och anstnr. men dessa data kan ändå importeras från Retendos Excelfil.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77837E52" w14:textId="77777777" w:rsidR="00F15A52" w:rsidRPr="00695011" w:rsidRDefault="00F15A52" w:rsidP="00F15A52">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
         <w:ind w:left="2002"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00695011">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Celler som ej får träff i värdelistor lämnas tomma, med möjlighet att välja manuellt</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F15A52" w:rsidRPr="00695011" w:rsidRDefault="00F15A52" w:rsidP="00F15A52">
+    <w:p w14:paraId="0A91FBD7" w14:textId="77777777" w:rsidR="00F15A52" w:rsidRPr="00695011" w:rsidRDefault="00F15A52" w:rsidP="00F15A52">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
         <w:ind w:left="1008"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00695011">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>När användaren sparar och om något obligatoriskt fält saknas så visas ett felmeddelande</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F15A52" w:rsidRPr="00695011" w:rsidRDefault="00F15A52" w:rsidP="00F15A52">
+    <w:p w14:paraId="1D7717E3" w14:textId="77777777" w:rsidR="00F15A52" w:rsidRPr="00695011" w:rsidRDefault="00F15A52" w:rsidP="00F15A52">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
         <w:ind w:left="1008"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00695011">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Notera att denna funktion inte fungerar i </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Notera att denna funktion inte fungerar i Firefox eller Chrome</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CDC1C74" w14:textId="77777777" w:rsidR="00F15A52" w:rsidRPr="00695011" w:rsidRDefault="00F15A52" w:rsidP="00F15A52">
+      <w:pPr>
+        <w:spacing w:before="200" w:after="0" w:line="216" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00695011">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Firefox</w:t>
-[...27 lines deleted...]
-        </w:rPr>
         <w:t>Excel-import, hantering av rader</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F15A52" w:rsidRPr="00695011" w:rsidRDefault="00F15A52" w:rsidP="00F15A52">
+    <w:p w14:paraId="233C88CD" w14:textId="77777777" w:rsidR="00F15A52" w:rsidRPr="00695011" w:rsidRDefault="00F15A52" w:rsidP="00F15A52">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
         <w:ind w:left="1008"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00695011">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Om en rad som redan finns i Hypergene importeras från Excel med annat belopp uppdateras den raden i Hypergene</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F15A52" w:rsidRPr="00695011" w:rsidRDefault="00F15A52" w:rsidP="00F15A52">
+    <w:p w14:paraId="6458E149" w14:textId="77777777" w:rsidR="00F15A52" w:rsidRPr="00695011" w:rsidRDefault="00F15A52" w:rsidP="00F15A52">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
         <w:ind w:left="1008"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00695011">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Om en ny rad som inte redan finns i Hypergene importeras från Excel med belopp skapas den raden i Hypergene</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F15A52" w:rsidRPr="00695011" w:rsidRDefault="00F15A52" w:rsidP="00F15A52">
+    <w:p w14:paraId="40C78BEE" w14:textId="77777777" w:rsidR="00F15A52" w:rsidRPr="00695011" w:rsidRDefault="00F15A52" w:rsidP="00F15A52">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
         <w:ind w:left="1008"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00695011">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Om en rad som redan finns i Hypergene importeras med annat belopp på en ny rad i Excel sker följande:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F15A52" w:rsidRPr="00695011" w:rsidRDefault="00F15A52" w:rsidP="00F15A52">
+    <w:p w14:paraId="424FFE34" w14:textId="77777777" w:rsidR="00F15A52" w:rsidRPr="00695011" w:rsidRDefault="00F15A52" w:rsidP="00F15A52">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
         <w:ind w:left="2002"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00695011">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Raden uppdateras i Hypergene som om raden i Excel bara fanns på en rad</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F15A52" w:rsidRPr="00695011" w:rsidRDefault="00F15A52" w:rsidP="00F15A52">
+    <w:p w14:paraId="11D7FB71" w14:textId="77777777" w:rsidR="00F15A52" w:rsidRPr="00695011" w:rsidRDefault="00F15A52" w:rsidP="00F15A52">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
         <w:ind w:left="2002"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00695011">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Om man har flera axlar med samma värden kommer den sista av dem att tas när man importerar</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C1035E" w:rsidRDefault="002A241E" w:rsidP="00F15A52">
+    <w:p w14:paraId="25D5DCC5" w14:textId="77777777" w:rsidR="00C1035E" w:rsidRDefault="002A241E" w:rsidP="00F15A52">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:ind w:left="976"/>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="15811717" wp14:editId="4F4FEBDA">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7AFF8FD6" wp14:editId="393DF7C2">
             <wp:extent cx="6204345" cy="3863340"/>
             <wp:effectExtent l="0" t="0" r="6350" b="3810"/>
             <wp:docPr id="13" name="Bildobjekt 13"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId25"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6207545" cy="3865333"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0082544E" w:rsidRDefault="0082544E" w:rsidP="00C1035E">
+    <w:p w14:paraId="18832652" w14:textId="77777777" w:rsidR="0082544E" w:rsidRDefault="0082544E" w:rsidP="00C1035E">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:ind w:left="976"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C1035E" w:rsidRPr="0082544E" w:rsidRDefault="002A241E" w:rsidP="00C1035E">
+    <w:p w14:paraId="7A61C677" w14:textId="77777777" w:rsidR="00C1035E" w:rsidRPr="0082544E" w:rsidRDefault="002A241E" w:rsidP="00C1035E">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:ind w:left="976"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="36EDB631" wp14:editId="7C0944E1">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1956A06D" wp14:editId="2B552BFF">
             <wp:extent cx="6320396" cy="3994785"/>
             <wp:effectExtent l="0" t="0" r="4445" b="5715"/>
             <wp:docPr id="16" name="Bildobjekt 16"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId26"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6323680" cy="3996861"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A80CEC" w:rsidRPr="009068C3" w:rsidRDefault="00F15A52" w:rsidP="005B03ED">
+    <w:p w14:paraId="1407C9A8" w14:textId="77777777" w:rsidR="00A80CEC" w:rsidRPr="009068C3" w:rsidRDefault="00F15A52" w:rsidP="005B03ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Toc84930064"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc84930064"/>
       <w:r>
         <w:t>4.7</w:t>
       </w:r>
       <w:r w:rsidR="005B03ED">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008C6636">
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00A80CEC" w:rsidRPr="009068C3">
         <w:t>nlånad personal</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00A80CEC" w:rsidRPr="00D710DD" w:rsidRDefault="00A60766" w:rsidP="00A80CEC">
+      <w:bookmarkEnd w:id="10"/>
+    </w:p>
+    <w:p w14:paraId="09CFE06A" w14:textId="77777777" w:rsidR="00A60766" w:rsidRDefault="00A60766" w:rsidP="00A60766">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06E106B2" w14:textId="77777777" w:rsidR="00A80CEC" w:rsidRPr="00D710DD" w:rsidRDefault="00A60766" w:rsidP="00A80CEC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">I fliken </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>”Inlånad personal”</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003B1174">
         <w:t>visas</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> aktuell kontering i </w:t>
       </w:r>
       <w:r w:rsidRPr="004F1CDF">
         <w:t>procent av tjänsteomfattning</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> för personal med </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB392D">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>hemvist</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> på annan avdelningen. </w:t>
       </w:r>
       <w:r w:rsidRPr="00327B2F">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D710DD" w:rsidRDefault="00D710DD" w:rsidP="002B2A5F">
+    <w:p w14:paraId="01CA9962" w14:textId="77777777" w:rsidR="00D710DD" w:rsidRDefault="00D710DD" w:rsidP="002B2A5F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A80CEC" w:rsidRDefault="00E71ACB" w:rsidP="002B2A5F">
+    <w:p w14:paraId="546AF95A" w14:textId="77777777" w:rsidR="00A80CEC" w:rsidRDefault="00E71ACB" w:rsidP="002B2A5F">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1D4F24BF" wp14:editId="0C68AAAB">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7D85AA87" wp14:editId="0BEBF588">
             <wp:extent cx="6645910" cy="3534410"/>
             <wp:effectExtent l="0" t="0" r="2540" b="8890"/>
             <wp:docPr id="39" name="Bildobjekt 39"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId27"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6645910" cy="3534410"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E71ACB" w:rsidRDefault="00E71ACB" w:rsidP="00A80CEC">
-[...4 lines deleted...]
-    <w:p w:rsidR="00326C2C" w:rsidRDefault="002E5CE8" w:rsidP="00A80CEC">
+    <w:p w14:paraId="26ECC6BE" w14:textId="77777777" w:rsidR="00E71ACB" w:rsidRDefault="00E71ACB" w:rsidP="00A80CEC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="649137B8" w14:textId="77777777" w:rsidR="00326C2C" w:rsidRDefault="002E5CE8" w:rsidP="00A80CEC">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">I denna flik kan inga ändringar per person göras. Personaldata för personal i fliken </w:t>
       </w:r>
       <w:r w:rsidRPr="00A52EBC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="008C6636" w:rsidRPr="00A52EBC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="00A52EBC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>nlånad personal”</w:t>
       </w:r>
       <w:r>
@@ -7736,244 +7305,226 @@
       <w:r w:rsidR="00D119B1">
         <w:t>får</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> budgeteras</w:t>
       </w:r>
       <w:r w:rsidR="00D119B1">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D119B1" w:rsidRPr="00326C2C">
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="00326C2C">
         <w:t>v denna anledning ligger kontering av utlånad personal med tidi</w:t>
       </w:r>
       <w:r w:rsidR="00D119B1" w:rsidRPr="00326C2C">
         <w:t>gare deadline än övrig personal, eftersom detta påverkar personaldata för den avdelning som har motsvarande inlånad personal.</w:t>
       </w:r>
       <w:r w:rsidR="00D119B1">
         <w:t xml:space="preserve"> Gäller samtlig utlånad personal inklusive personer från avdelningar som har del av sin tjänst på fakultetskansli. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002E5CE8" w:rsidRPr="002E5CE8" w:rsidRDefault="00D119B1" w:rsidP="00A80CEC">
-[...8 lines deleted...]
-        <w:t>org</w:t>
+    <w:p w14:paraId="32137FBC" w14:textId="77777777" w:rsidR="002E5CE8" w:rsidRPr="002E5CE8" w:rsidRDefault="00D119B1" w:rsidP="00A80CEC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Personal som har hemvist på avdelning men som konteras del av tjänst mot fakultetskansli och verksamhet 900 budgeteras/konteras direkt på fakultetskansliets org</w:t>
       </w:r>
       <w:r w:rsidR="00326C2C">
         <w:t>enhet</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...5 lines deleted...]
-        <w:t>org</w:t>
+      <w:r>
+        <w:t xml:space="preserve"> eftersom det är från fakultetens org</w:t>
       </w:r>
       <w:r w:rsidR="00326C2C">
         <w:t>enhet</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> som triggerfördelning av 900 till 100/200 sker.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00327B2F" w:rsidRDefault="00327B2F" w:rsidP="002B2A5F">
-[...4 lines deleted...]
-    <w:p w:rsidR="00CB6217" w:rsidRDefault="0000449F" w:rsidP="002B2A5F">
+    <w:p w14:paraId="31182CBC" w14:textId="77777777" w:rsidR="00327B2F" w:rsidRDefault="00327B2F" w:rsidP="002B2A5F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0778EF2F" w14:textId="77777777" w:rsidR="00CB6217" w:rsidRDefault="0000449F" w:rsidP="002B2A5F">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>Möjlighet att lägga in utlån av personal i % med decimal finns. Idag köper och säljer avdelningar ofta personal i form av timmar och därför kan hela % ibland bli missvisande.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CB6217" w:rsidRDefault="00CB6217" w:rsidP="002B2A5F">
-[...4 lines deleted...]
-    <w:p w:rsidR="00E71ACB" w:rsidRDefault="00327B2F" w:rsidP="002B2A5F">
+    <w:p w14:paraId="457C8B1B" w14:textId="77777777" w:rsidR="00CB6217" w:rsidRDefault="00CB6217" w:rsidP="002B2A5F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55F16B04" w14:textId="77777777" w:rsidR="00E71ACB" w:rsidRDefault="00327B2F" w:rsidP="002B2A5F">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>För att se hemvist för inlånad personal klicka på aktuell rad. Information gällande hemvist redov</w:t>
       </w:r>
       <w:r w:rsidR="00CB6217">
         <w:t>isas då i nedre delen av bilden.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D7DDD" w:rsidRDefault="000D7DDD" w:rsidP="002B2A5F">
-[...4 lines deleted...]
-    <w:p w:rsidR="00326C2C" w:rsidRDefault="000D7DDD" w:rsidP="002B2A5F">
+    <w:p w14:paraId="29A35AFC" w14:textId="77777777" w:rsidR="000D7DDD" w:rsidRDefault="000D7DDD" w:rsidP="002B2A5F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AE649EA" w14:textId="77777777" w:rsidR="00326C2C" w:rsidRDefault="000D7DDD" w:rsidP="002B2A5F">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">I fliken </w:t>
       </w:r>
       <w:r w:rsidRPr="00A52EBC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="00A52EBC" w:rsidRPr="00A52EBC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Ö</w:t>
       </w:r>
       <w:r w:rsidRPr="00A52EBC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>versikt”</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> kan selektering göras på inlånad personal.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E4F4E" w:rsidRDefault="005E4F4E" w:rsidP="002B2A5F">
-[...4 lines deleted...]
-    <w:p w:rsidR="005E4F4E" w:rsidRPr="00231E22" w:rsidRDefault="005E4F4E" w:rsidP="002B2A5F">
+    <w:p w14:paraId="6FAE8413" w14:textId="77777777" w:rsidR="005E4F4E" w:rsidRDefault="005E4F4E" w:rsidP="002B2A5F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="150DC6AA" w14:textId="77777777" w:rsidR="005E4F4E" w:rsidRPr="00231E22" w:rsidRDefault="005E4F4E" w:rsidP="002B2A5F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00231E22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Observera att för avdelningar som lånar ut personal kan vissa ändringar på personal få genomslag även hos avdelning som utlån bokats på som inlånad. Det gäller ändringar som t ex tjänsteomfattning, månadslön, lönetillägg. Ändringar får genomslag på avdelning som lånar in personal även efter att avdelningen klarmarkerat och godkänt sin budget. Hypergene jobbar på lösning för att spärra för detta.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00326C2C" w:rsidRDefault="00326C2C">
+    <w:p w14:paraId="4C8B21AD" w14:textId="77777777" w:rsidR="00326C2C" w:rsidRDefault="00326C2C">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E65AF" w:rsidRDefault="001E65AF" w:rsidP="002B2A5F">
-[...4 lines deleted...]
-    <w:p w:rsidR="001E65AF" w:rsidRDefault="005B03ED" w:rsidP="005B03ED">
+    <w:p w14:paraId="1097D35A" w14:textId="77777777" w:rsidR="001E65AF" w:rsidRDefault="001E65AF" w:rsidP="002B2A5F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B93CD95" w14:textId="77777777" w:rsidR="001E65AF" w:rsidRDefault="005B03ED" w:rsidP="005B03ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Toc84930065"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc84930065"/>
       <w:r>
         <w:t>4.</w:t>
       </w:r>
       <w:r w:rsidR="00F15A52">
         <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> In- och utlån</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00F15A52" w:rsidRDefault="003B2B7B" w:rsidP="003B2B7B">
+      <w:bookmarkEnd w:id="11"/>
+    </w:p>
+    <w:p w14:paraId="60429535" w14:textId="77777777" w:rsidR="00F15A52" w:rsidRDefault="003B2B7B" w:rsidP="003B2B7B">
       <w:r>
         <w:t xml:space="preserve">I fliken </w:t>
       </w:r>
       <w:r w:rsidR="00C52D37" w:rsidRPr="00C52D37">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>”In</w:t>
       </w:r>
       <w:r w:rsidRPr="00C52D37">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>- och utlån</w:t>
       </w:r>
       <w:r w:rsidR="00C52D37" w:rsidRPr="00C52D37">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> visas kostnad för </w:t>
       </w:r>
       <w:r w:rsidR="00661570">
-        <w:t>avdelningens egen personal konterad på avdelningen (</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> hemkonterad personal) samt för avdelningens </w:t>
+        <w:t xml:space="preserve">avdelningens egen personal konterad på avdelningen (sk hemkonterad personal) samt för avdelningens </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">in- och utlånad personal uppdelat per person och kontering. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F15A52" w:rsidRDefault="00F15A52" w:rsidP="003B2B7B">
+    <w:p w14:paraId="7563086A" w14:textId="77777777" w:rsidR="00F15A52" w:rsidRDefault="00F15A52" w:rsidP="003B2B7B">
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251730944" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="77D4A53F" wp14:editId="33D459FF">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251730944" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="763718E0" wp14:editId="3AC24B9A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4503420</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>243840</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="693420" cy="198120"/>
                 <wp:effectExtent l="0" t="0" r="11430" b="11430"/>
                 <wp:wrapNone/>
                 <wp:docPr id="23" name="Ellips 23"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="693420" cy="198120"/>
                         </a:xfrm>
                         <a:prstGeom prst="ellipse">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
@@ -7994,137 +7545,113 @@
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:oval w14:anchorId="5768955B" id="Ellips 23" o:spid="_x0000_s1026" style="position:absolute;margin-left:354.6pt;margin-top:19.2pt;width:54.6pt;height:15.6pt;z-index:251730944;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAA8YpOaAIAAMkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1PGzEQvVfqf7B8L5uEFMiKDYqgqSoh&#10;QIKK88RrZy3ZHtd2sqG/vmPv8tHSU9UcnPnyjN/Lm5xfHKxhexmiRtfw6dGEM+kEttptG/79Yf3p&#10;jLOYwLVg0MmGP8nIL5YfP5z3vpYz7NC0MjBq4mLd+4Z3Kfm6qqLopIV4hF46SioMFhK5YVu1AXrq&#10;bk01m0xOqh5D6wMKGSNFr4YkX5b+SkmRbpWKMjHTcHpbKmco5yaf1fIc6m0A32kxPgP+4RUWtKOh&#10;L62uIAHbBf2uldUiYESVjgTaCpXSQhYMhGY6+QPNfQdeFixETvQvNMX/11bc7O8C023DZ8ecObD0&#10;G30xRvvIKEDs9D7WVHTv78LoRTIz1IMKNn8TCHYojD69MCoPiQkKniyO5zPiXVBqujibkk1dqtfL&#10;PsT0VaJl2Wi4LKMzZqhhfx3TUP1clcMO19oYikNtHOup7+x0kkcAyUcZSGRaT4Ci23IGZku6FCmU&#10;lhGNbvP1fDuG7ebSBLYH0sZ6vVgcF8D0uN/K8uwriN1QV1KDaqxOJF2jbcPPJvkzQjMud5dFfCOC&#10;TOJAW7Y22D4R6QEHNUYv1pqGXENMdxBIfoSGVird0qEMEkQcLc46DD//Fs/1pArKctaTnAn+jx0E&#10;yZn55kgvi+l8nvVfnPnn0/yjhLeZzduM29lLJFamtLxeFDPXJ/NsqoD2kTZvladSCpyg2QPRo3OZ&#10;hjWj3RVytSplpHkP6drde5GbZ54yvQ+HRwh+lEAi7dzgs/TfyWCozTcdrnYJlS4aeeWV5JUd2pci&#10;tHG380K+9UvV6z/Q8hcAAAD//wMAUEsDBBQABgAIAAAAIQBoWW2P3gAAAAkBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLF1BpSt1J4QE2g4cKDxA1nhNtcbpmmwtb092Gjdb/vT7&#10;+8v1bHtxptF3jhGWiwQEceN0xy3Cz/f7Qw7CB8Va9Y4J4Zc8rKvbm1IV2k38Rec6tCKGsC8Ugglh&#10;KKT0jSGr/MINxPG2d6NVIa5jK/Wophhue5kmSSat6jh+MGqgN0PNoT5ZhO0xG+hw3G82rv5s1cdk&#10;dJfOiPd38+sLiEBzuMJw0Y/qUEWnnTux9qJHeE5WaUQRHvMnEBHIl5dhh5CtMpBVKf83qP4AAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAAPGKTmgCAADJBAAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAaFltj94AAAAJAQAADwAAAAAAAAAAAAAAAADC&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAM0FAAAAAA==&#10;" filled="f" strokecolor="#f93" strokeweight="1pt">
                 <v:stroke joinstyle="miter"/>
               </v:oval>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="53C34A19" wp14:editId="79A6B6E8">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4ADB2118" wp14:editId="539180DE">
             <wp:extent cx="6645910" cy="1266190"/>
             <wp:effectExtent l="0" t="0" r="2540" b="0"/>
             <wp:docPr id="19" name="Bildobjekt 19"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId28"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6645910" cy="1266190"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00661570" w:rsidRPr="007E11E9" w:rsidRDefault="003B2B7B" w:rsidP="003B2B7B">
+    <w:p w14:paraId="7346B581" w14:textId="77777777" w:rsidR="00661570" w:rsidRPr="007E11E9" w:rsidRDefault="003B2B7B" w:rsidP="003B2B7B">
       <w:r w:rsidRPr="007E11E9">
         <w:t>Val kan göras för</w:t>
       </w:r>
       <w:r w:rsidR="00846AD2" w:rsidRPr="007E11E9">
-        <w:t xml:space="preserve"> avdelningens egen personal konterad på egen avdelning (</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> hemkonterad personal) samt på </w:t>
+        <w:t xml:space="preserve"> avdelningens egen personal konterad på egen avdelning (sk hemkonterad personal) samt på </w:t>
       </w:r>
       <w:r w:rsidRPr="007E11E9">
         <w:t xml:space="preserve"> in- eller utlånad personal</w:t>
       </w:r>
       <w:r w:rsidR="00846AD2" w:rsidRPr="007E11E9">
-        <w:t xml:space="preserve">. Gruppering finns även för samtlig personal konterad på avdelningen </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> inl</w:t>
+        <w:t>. Gruppering finns även för samtlig personal konterad på avdelningen sk. ”hemkonterad pch inl</w:t>
       </w:r>
       <w:r w:rsidR="00EA180D" w:rsidRPr="007E11E9">
         <w:t>ånad personal” enligt val nedan.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00661570" w:rsidRDefault="007E11E9" w:rsidP="003B2B7B">
+    <w:p w14:paraId="7AADFE63" w14:textId="77777777" w:rsidR="00661570" w:rsidRDefault="007E11E9" w:rsidP="003B2B7B">
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251732992" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6633F819" wp14:editId="72C1BD78">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251732992" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="100994C0" wp14:editId="5A9C43E5">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2964180</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1251585</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1295400" cy="1203960"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="15240"/>
                 <wp:wrapNone/>
                 <wp:docPr id="10" name="Ellips 10"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1295400" cy="1203960"/>
                         </a:xfrm>
                         <a:prstGeom prst="ellipse">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
@@ -8148,137 +7675,137 @@
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:oval w14:anchorId="6666669F" id="Ellips 10" o:spid="_x0000_s1026" style="position:absolute;margin-left:233.4pt;margin-top:98.55pt;width:102pt;height:94.8pt;z-index:251732992;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDxxbdNaAIAAMsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1PGzEQvVfqf7B8L7sJgZKIDYqgqSoh&#10;QIKKs+O1s5b8VdvJhv76PnuXj5aequbgzHjGbzzPb/b84mA02YsQlbMNnRzVlAjLXavstqHfH9af&#10;ziiJidmWaWdFQ59EpBfLjx/Oe78QU9c53YpAAGLjovcN7VLyi6qKvBOGxSPnhUVQumBYghu2VRtY&#10;D3Sjq2ldn1a9C60PjosYsXs1BOmy4EspeLqVMopEdENxt1TWUNZNXqvlOVtsA/Od4uM12D/cwjBl&#10;UfQF6oolRnZBvYMyigcXnUxH3JnKSam4KD2gm0n9Rzf3HfOi9AJyon+hKf4/WH6zvwtEtXg70GOZ&#10;wRt90Vr5SLABdnofF0i693dh9CLM3OpBBpP/0QQ5FEafXhgVh0Q4NifT+cmsBjJHbDKtj+enBbV6&#10;Pe5DTF+FMyQbDRWleO6aLdj+OiZURfZzVt62bq20Li+nLekz8OdSg0FAUrOEcsajpWi3lDC9hTJ5&#10;CgUyOq3afDwDxbDdXOpA9gzqWK/n8+Pj3DLK/ZaWa1+x2A15JTToxqgE8WplGnpW5994WtuMLor8&#10;xg4yjQNx2dq49gm0BzfoMXq+VihyzWK6YwECBGMYqnSLRWqHFt1oUdK58PNv+zkfukCUkh6CRvs/&#10;diwISvQ3C8XMJ7NZnoDizE4+T+GEt5HN24jdmUsHViYYX8+LmfOTfjZlcOYRs7fKVRFilqP2QPTo&#10;XKZh0DC9XKxWJQ2q9yxd23vPM3jmKdP7cHhkwY8SSFDPjXsW/zsZDLmDEFa75KQqGnnlFS+YHUxM&#10;ectxuvNIvvVL1us3aPkLAAD//wMAUEsDBBQABgAIAAAAIQAFVgzU3wAAAAsBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/BTsMwEETvSPyDtUjcqNOCnBLiVAgJVA4cCHyAG2/jqPE6jd0m/D3LiR5nZzTz&#10;ttzMvhdnHGMXSMNykYFAaoLtqNXw/fV6twYRkyFr+kCo4QcjbKrrq9IUNkz0iec6tYJLKBZGg0tp&#10;KKSMjUNv4iIMSOztw+hNYjm20o5m4nLfy1WWKelNR7zgzIAvDptDffIa3o9qwMNxv92G+qM1b5Oz&#10;3WrW+vZmfn4CkXBO/2H4w2d0qJhpF05ko+g1PCjF6ImNx3wJghMqz/iy03C/VjnIqpSXP1S/AAAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPHFt01oAgAAywQAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAAVWDNTfAAAACwEAAA8AAAAAAAAAAAAAAAAA&#10;wgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADOBQAAAAA=&#10;" filled="f" strokecolor="#f93" strokeweight="1pt">
                 <v:stroke joinstyle="miter"/>
               </v:oval>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="45B6CD6D" wp14:editId="40FCEA75">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="37E5803C" wp14:editId="7A7541AE">
             <wp:extent cx="6645910" cy="2540000"/>
             <wp:effectExtent l="0" t="0" r="2540" b="0"/>
             <wp:docPr id="27" name="Bildobjekt 27"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId29"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6645910" cy="2540000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003B2B7B" w:rsidRDefault="00EA180D" w:rsidP="003B2B7B">
+    <w:p w14:paraId="000504CB" w14:textId="77777777" w:rsidR="003B2B7B" w:rsidRDefault="00EA180D" w:rsidP="003B2B7B">
       <w:r>
         <w:t>För vald gruppering</w:t>
       </w:r>
       <w:r w:rsidR="003B2B7B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>av personal</w:t>
       </w:r>
       <w:r w:rsidR="003B2B7B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>kan olika</w:t>
       </w:r>
       <w:r w:rsidR="003B2B7B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003B2B7B" w:rsidRPr="00EA180D">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>värdetyp</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA180D">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>er</w:t>
       </w:r>
       <w:r w:rsidR="003B2B7B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>väljas d v s</w:t>
       </w:r>
       <w:r w:rsidR="003B2B7B">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00940980" w:rsidRDefault="007E11E9" w:rsidP="00940980">
+    <w:p w14:paraId="5B9597B7" w14:textId="77777777" w:rsidR="00940980" w:rsidRDefault="007E11E9" w:rsidP="00940980">
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251722752" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251722752" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7F659FC7" wp14:editId="78AF80F6">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>4175760</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1046480</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2141220" cy="1325880"/>
                 <wp:effectExtent l="0" t="0" r="11430" b="26670"/>
                 <wp:wrapNone/>
                 <wp:docPr id="14" name="Ellips 14"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2141220" cy="1325880"/>
                         </a:xfrm>
                         <a:prstGeom prst="ellipse">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
@@ -8316,100 +7843,100 @@
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:oval w14:anchorId="3A253836" id="Ellips 14" o:spid="_x0000_s1026" style="position:absolute;margin-left:328.8pt;margin-top:82.4pt;width:168.6pt;height:104.4pt;z-index:251722752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA7bb5ElwIAAIgFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtPGzEQvlfqf7B8L5sNoYWIDYqgqSoh&#10;QEDF2fHa2ZW8Htd2skl/fWe8D6KCeqiaw8bz+uY9l1f7xrCd8qEGW/D8ZMKZshLK2m4K/uN59emc&#10;sxCFLYUBqwp+UIFfLT5+uGzdXE2hAlMqzxDEhnnrCl7F6OZZFmSlGhFOwCmLQg2+ERFJv8lKL1pE&#10;b0w2nUw+Zy340nmQKgTk3nRCvkj4WisZ77UOKjJTcIwtpq9P3zV9s8WlmG+8cFUt+zDEP0TRiNqi&#10;0xHqRkTBtr5+A9XU0kMAHU8kNBloXUuVcsBs8skf2TxVwqmUCxYnuLFM4f/Byrvdg2d1ib2bcWZF&#10;gz36akztAkMGVqd1YY5KT+7B91TAJ6W6176hf0yC7VNFD2NF1T4yicxpPsunUyy8RFl+Oj07P081&#10;z17NnQ/xm4KG0aPgKjmnrMVc7G5DRK+oPWgR28KqNiZ1zlhiBDB1SbxE+M362ni2E9jy1eri4vSU&#10;8kCMIzWkyDSj7Lp80isejCIMYx+VxqpQBimSNI9qhBVSKhvzTlSJUnXezib4G5zRBJNFcp0ACVlj&#10;lCN2DzBodiADdhdzr0+mKo3zaDz5W2Cd8WiRPIONo3FTW/DvARjMqvfc6Q9F6kpDVVpDecCZ8dAt&#10;U3ByVWPrbkWID8Lj9mC78SLEe/xoA23BoX9xVoH/9R6f9HGoUcpZi9tY8PBzK7zizHy3OO4X+WxG&#10;65uI2dkXGil/LFkfS+y2uQbsfo63x8n0JP1ohqf20Lzg4ViSVxQJK9F3wWX0A3EduyuBp0eq5TKp&#10;4co6EW/tk5METlWluXzevwjv+vmNOPp3MGzumxnudMnSwnIbQddpwF/r2tcb1z0NTn+a6J4c00nr&#10;9YAufgMAAP//AwBQSwMEFAAGAAgAAAAhAPdTCJ7fAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j8FOwzAQRO9I/IO1SNyoQwsuDXEqhAQqhx4IfIAbb+Oo8TqN3Sb8PdsT3HY0T7MzxXrynTjjENtA&#10;Gu5nGQikOtiWGg3fX293TyBiMmRNFwg1/GCEdXl9VZjchpE+8VylRnAIxdxocCn1uZSxduhNnIUe&#10;ib19GLxJLIdG2sGMHO47Oc8yJb1piT840+Orw/pQnbyGj6Pq8XDcbzah2jbmfXS2nU9a395ML88g&#10;Ek7pD4ZLfa4OJXfahRPZKDoN6nGpGGVDPfAGJlary7HTsFguFMiykP83lL8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAO22+RJcCAACIBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEA91MInt8AAAALAQAADwAAAAAAAAAAAAAAAADxBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP0FAAAAAA==&#10;" filled="f" strokecolor="#f93" strokeweight="1pt">
                 <v:stroke joinstyle="miter"/>
                 <w10:wrap anchorx="margin"/>
               </v:oval>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3A67F208" wp14:editId="2C8A87BA">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7FF35E51" wp14:editId="36763A7E">
             <wp:extent cx="6645910" cy="2354580"/>
             <wp:effectExtent l="0" t="0" r="2540" b="7620"/>
             <wp:docPr id="26" name="Bildobjekt 26"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId30"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6645910" cy="2354580"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA180D" w:rsidRDefault="00EA180D" w:rsidP="00940980"/>
-[...2 lines deleted...]
-    <w:p w:rsidR="00EA180D" w:rsidRDefault="007D7276" w:rsidP="00940980">
+    <w:p w14:paraId="14EA3BA0" w14:textId="77777777" w:rsidR="00EA180D" w:rsidRDefault="00EA180D" w:rsidP="00940980"/>
+    <w:p w14:paraId="78FE18ED" w14:textId="77777777" w:rsidR="007E11E9" w:rsidRDefault="007E11E9" w:rsidP="00940980"/>
+    <w:p w14:paraId="470F37F4" w14:textId="77777777" w:rsidR="00EA180D" w:rsidRDefault="00EA180D" w:rsidP="00940980"/>
+    <w:p w14:paraId="2DE26F39" w14:textId="77777777" w:rsidR="00EA180D" w:rsidRDefault="007D7276" w:rsidP="00940980">
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251724800" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251724800" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="70AED15B" wp14:editId="7DA28B3D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1485900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>339090</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="190500" cy="358140"/>
                 <wp:effectExtent l="38100" t="0" r="19050" b="60960"/>
                 <wp:wrapNone/>
                 <wp:docPr id="18" name="Rak pilkoppling 18"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm flipH="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="190500" cy="358140"/>
                         </a:xfrm>
                         <a:prstGeom prst="straightConnector1">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln>
@@ -8439,51 +7966,51 @@
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="66195F5E" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
                 <v:path arrowok="t" fillok="f" o:connecttype="none"/>
                 <o:lock v:ext="edit" shapetype="t"/>
               </v:shapetype>
               <v:shape id="Rak pilkoppling 18" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:117pt;margin-top:26.7pt;width:15pt;height:28.2pt;flip:x;z-index:251724800;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCbAwji8gEAADoEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tuEzEQfUfiH6x9J7spFJUomz6kFB4Q&#10;RC39ANc7zlr1TeMhl79n7N1suEkViBfLlzln5pwZL68PzoodYDLBt9V81lQCvAqd8du2evh6++qq&#10;Eomk76QNHtrqCKm6Xr18sdzHBVyEPtgOUDCJT4t9bKueKC7qOqkenEyzEMHzow7oJPERt3WHcs/s&#10;ztYXTfO23gfsIgYFKfHtzfBYrQq/1qDoi9YJSNi24tqorFjWx7zWq6VcbFHG3qixDPkPVThpPCed&#10;qG4kSfENzW9UzigMKWiaqeDqoLVRUDSwmnnzi5r7XkYoWticFCeb0v+jVZ93GxSm495xp7x03KM7&#10;+SSisU8hRsueCn5hm/YxLTh67Tc4nlLcYNZ80OiEtiZ+ZJbiAusSh2LycTIZDiQUX87fNZcNt0Lx&#10;0+vLq/mb0oR6oMl0ERN9gOBE3rRVIpRm29M6eM/tDDikkLtPibgQBp4AGWx9XlOwprs11pZDniVY&#10;WxQ7yVNAh3mWw7ifokga+953go6RLSA00m8tjJGZtc4GDJLLjo4Whox3oNnBLK2IL7N7zieVAk+n&#10;nNZzdIZprm4CNs8Dx/gMhTLXfwOeECVz8DSBnfEB/5T9bJMe4k8ODLqzBY+hO5ZhKNbwgBZXx8+U&#10;f8CP5wI/f/nVdwAAAP//AwBQSwMEFAAGAAgAAAAhAEKvXUbgAAAACgEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8tOwzAQRfdI/IM1SOyoQ1JKGuJUPNQukFg0EKlLN3biiHgcxU4b/p7pCpZz5+g+8s1s&#10;e3bSo+8cCrhfRMA01k512Ar4+tzepcB8kKhk71AL+NEeNsX1VS4z5c6416cytIxM0GdSgAlhyDj3&#10;tdFW+oUbNNKvcaOVgc6x5WqUZzK3PY+jaMWt7JASjBz0q9H1dzlZCnn/KB+bwzbB6S3dVU31sjPV&#10;Xojbm/n5CVjQc/iD4VKfqkNBnY5uQuVZLyBOlrQlCHhIlsAIiFcX4UhktE6BFzn/P6H4BQAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJsDCOLyAQAAOgQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAEKvXUbgAAAACgEAAA8AAAAAAAAAAAAAAAAATAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABZBQAAAAA=&#10;" strokecolor="black [3213]" strokeweight=".5pt">
                 <v:stroke endarrow="block" joinstyle="miter"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251723776" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251723776" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5FC494AD" wp14:editId="138891E2">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2621280</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>148590</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="746760" cy="731520"/>
                 <wp:effectExtent l="0" t="0" r="72390" b="49530"/>
                 <wp:wrapNone/>
                 <wp:docPr id="17" name="Rak pilkoppling 17"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="746760" cy="731520"/>
                         </a:xfrm>
                         <a:prstGeom prst="straightConnector1">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln>
@@ -8526,218 +8053,200 @@
       <w:r w:rsidR="00EA180D">
         <w:t xml:space="preserve">Rapport enligt exempel nedan visas där </w:t>
       </w:r>
       <w:r w:rsidR="00EA180D" w:rsidRPr="007D7276">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>filtrering</w:t>
       </w:r>
       <w:r w:rsidR="00EA180D">
         <w:t xml:space="preserve"> kan göras i samtliga kolumner samt eventuella </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">omgrupperingar av kolumner kan göras via </w:t>
       </w:r>
       <w:r w:rsidRPr="007D7276">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>kugghjulet</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> nedan.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00940980" w:rsidRDefault="00940980" w:rsidP="00940980">
+    <w:p w14:paraId="62D1A08B" w14:textId="77777777" w:rsidR="00940980" w:rsidRDefault="00940980" w:rsidP="00940980">
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1CE75A14" wp14:editId="38FF80EB">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="79514731" wp14:editId="3E251691">
             <wp:extent cx="6645910" cy="1376045"/>
             <wp:effectExtent l="0" t="0" r="2540" b="0"/>
             <wp:docPr id="6" name="Bildobjekt 6"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId31"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6645910" cy="1376045"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00940980" w:rsidRDefault="00940980" w:rsidP="00940980"/>
-    <w:p w:rsidR="00940980" w:rsidRDefault="00940980" w:rsidP="00940980">
+    <w:p w14:paraId="1F08CF3D" w14:textId="77777777" w:rsidR="00940980" w:rsidRDefault="00940980" w:rsidP="00940980"/>
+    <w:p w14:paraId="3003095D" w14:textId="77777777" w:rsidR="00940980" w:rsidRDefault="00940980" w:rsidP="00940980">
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7E4CE2F6" wp14:editId="468A3A45">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2FDF8494" wp14:editId="2CEDFBAE">
             <wp:extent cx="6645910" cy="1474470"/>
             <wp:effectExtent l="0" t="0" r="2540" b="0"/>
             <wp:docPr id="8" name="Bildobjekt 8"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId32"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6645910" cy="1474470"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00940980" w:rsidRDefault="00940980" w:rsidP="00940980">
+    <w:p w14:paraId="7F8B0315" w14:textId="77777777" w:rsidR="00940980" w:rsidRDefault="00940980" w:rsidP="00940980">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005B03ED" w:rsidRPr="00231E22" w:rsidRDefault="005E4F4E" w:rsidP="005B03ED">
+    <w:p w14:paraId="130235B7" w14:textId="77777777" w:rsidR="005B03ED" w:rsidRPr="00231E22" w:rsidRDefault="005E4F4E" w:rsidP="005B03ED">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00231E22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t xml:space="preserve">Viktigt att observera vid in- och </w:t>
-[...21 lines deleted...]
-    <w:p w:rsidR="006E6D8E" w:rsidRDefault="006E6D8E">
+        <w:t>Viktigt att observera vid in- och ut-lån av personal se sista stycket i avsnitt 4.6 ovan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56D37556" w14:textId="77777777" w:rsidR="00EC5751" w:rsidRDefault="00EC5751"/>
+    <w:p w14:paraId="09494581" w14:textId="77777777" w:rsidR="006E6D8E" w:rsidRDefault="006E6D8E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC5751" w:rsidRDefault="00EC5751" w:rsidP="005B03ED">
+    <w:p w14:paraId="5AFC107F" w14:textId="77777777" w:rsidR="00EC5751" w:rsidRDefault="00EC5751" w:rsidP="005B03ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A80CEC" w:rsidRPr="009068C3" w:rsidRDefault="00F15A52" w:rsidP="005B03ED">
+    <w:p w14:paraId="1311BF8A" w14:textId="77777777" w:rsidR="00A80CEC" w:rsidRPr="009068C3" w:rsidRDefault="00F15A52" w:rsidP="005B03ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc84930066"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc84930066"/>
       <w:r>
         <w:t>4.9</w:t>
       </w:r>
       <w:r w:rsidR="008C6636">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A80CEC" w:rsidRPr="009068C3">
         <w:t>Anställning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00077EFC" w:rsidRDefault="00077EFC" w:rsidP="00077EFC">
+      <w:bookmarkEnd w:id="12"/>
+    </w:p>
+    <w:p w14:paraId="2AEDDE16" w14:textId="77777777" w:rsidR="00077EFC" w:rsidRDefault="00077EFC" w:rsidP="00077EFC">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidRPr="006F1D55">
         <w:t>lik</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">en </w:t>
       </w:r>
       <w:r w:rsidR="0096052A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>”A</w:t>
       </w:r>
       <w:r w:rsidRPr="00077EFC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>nställning”</w:t>
       </w:r>
       <w:r w:rsidRPr="006F1D55">
@@ -8749,79 +8258,79 @@
         </w:rPr>
         <w:t>hemvist</w:t>
       </w:r>
       <w:r w:rsidRPr="006F1D55">
         <w:t xml:space="preserve"> på avdelningen. Här läggs lämpligen nyanställd personal in</w:t>
       </w:r>
       <w:r w:rsidR="006E6D8E">
         <w:t xml:space="preserve"> eftersom fliken visar samtliga personaldata</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006E6D8E">
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:t>namn, heltidslön, tjänsteomfattning, tillägg, framtida frånvaro, kontering tjänst i procent mot tjänsteomfattning</w:t>
       </w:r>
       <w:r w:rsidR="006E6D8E">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="003B1174">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003B1174" w:rsidRDefault="003B1174" w:rsidP="00077EFC">
+    <w:p w14:paraId="026DBA61" w14:textId="77777777" w:rsidR="003B1174" w:rsidRDefault="003B1174" w:rsidP="00077EFC">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>Nyanställd 1-40 finns valbara.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003B2B7B" w:rsidRDefault="003B2B7B" w:rsidP="00077EFC">
-[...4 lines deleted...]
-    <w:p w:rsidR="00D710DD" w:rsidRPr="006E6D8E" w:rsidRDefault="003B4D48" w:rsidP="002B2A5F">
+    <w:p w14:paraId="4693BA2F" w14:textId="77777777" w:rsidR="003B2B7B" w:rsidRDefault="003B2B7B" w:rsidP="00077EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C5A7797" w14:textId="77777777" w:rsidR="00D710DD" w:rsidRPr="006E6D8E" w:rsidRDefault="003B4D48" w:rsidP="002B2A5F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251708416" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251708416" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="40DD1ADA" wp14:editId="7D5BF276">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4107484</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>145897</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2362479" cy="3079699"/>
                 <wp:effectExtent l="0" t="0" r="57150" b="64135"/>
                 <wp:wrapNone/>
                 <wp:docPr id="54" name="Rak pil 54"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2362479" cy="3079699"/>
                         </a:xfrm>
                         <a:prstGeom prst="straightConnector1">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln>
@@ -8844,51 +8353,51 @@
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="00D64A9F" id="Rak pil 54" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:323.4pt;margin-top:11.5pt;width:186pt;height:242.5pt;z-index:251708416;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDJZs2+1gEAAOsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06TdpUujpvvQBV4Q&#10;VAv7AV7HTqz1TWPTJH/P2EmzCBYJIV4mvsw5c854sr8djCZnAUE5W9P1qqREWO4aZduaPnz78OYd&#10;JSEy2zDtrKjpKAK9Pbx+te99JTauc7oRQJDEhqr3Ne1i9FVRBN4Jw8LKeWHxUjowLOIW2qIB1iO7&#10;0cWmLLdF76Dx4LgIAU/vpkt6yPxSCh6/SBlEJLqmqC3mCDk+plgc9qxqgflO8VkG+wcVhimLRReq&#10;OxYZ+Q7qNyqjOLjgZFxxZwonpeIie0A36/IXN1875kX2gs0JfmlT+H+0/PP5BEQ1NX17TYllBt/o&#10;nj0RrzTBE2xP70OFWUd7gnkX/AmS10GCSV90QYbc0nFpqRgi4Xi4udpurm92lHC8uypvdtvdLrEW&#10;z3APIX4UzpC0qGmIwFTbxaOzFp/PwTo3lp0/hTgBL4BUW9sUI1P6vW1IHD3qj6CYbbWY66SUIrmY&#10;dOdVHLWY4PdCon1UOpXJgyeOGsiZ4cg0T+uFBTMTRCqtF1CZtf0RNOcmmMjD+LfAJTtXdDYuQKOs&#10;g5eqxuEiVU75F9eT12T70TVjfsXcDpyo/A7z9KeR/Xmf4c//6OEHAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAoziW+d8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KjdAiEN2VQI&#10;wbFCNBXq0Y2dOMI/Uey04e3ZnuA4O6PZb8rN7Cw76TH2wSMsFwKY9k1Qve8Q9vX7XQ4sJumVtMFr&#10;hB8dYVNdX5WyUOHsP/VplzpGJT4WEsGkNBScx8ZoJ+MiDNqT14bRyURy7Lga5ZnKneUrITLuZO/p&#10;g5GDfjW6+d5NDqGtu31zeMv5ZNuPp/rLrM223iLe3swvz8CSntNfGC74hA4VMR3D5FVkFiF7yAg9&#10;IazuadMlIJY5XY4IjyIXwKuS/99Q/QIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDJZs2+&#10;1gEAAOsDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCj&#10;OJb53wAAAAsBAAAPAAAAAAAAAAAAAAAAADAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAPAUAAAAA&#10;" strokecolor="black [3200]" strokeweight=".5pt">
                 <v:stroke endarrow="block" joinstyle="miter"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251707392" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251707392" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4B718DD4" wp14:editId="5E5AECAF">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4085538</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>138582</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2384755" cy="2421332"/>
                 <wp:effectExtent l="0" t="0" r="73025" b="55245"/>
                 <wp:wrapNone/>
                 <wp:docPr id="50" name="Rak pil 50"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2384755" cy="2421332"/>
                         </a:xfrm>
                         <a:prstGeom prst="straightConnector1">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln>
@@ -8911,51 +8420,51 @@
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="6C0BF909" id="Rak pil 50" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:321.7pt;margin-top:10.9pt;width:187.8pt;height:190.65pt;z-index:251707392;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAdnR1S1AEAAOsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/01y6hVXUdB+6wAuC&#10;aoEP8Dp2Yq1vGpsm+XvGTptFXCSEeJn4MufMOePJ/m4ympwFBOVsS6tNSYmw3HXK9i39+uXdq1tK&#10;QmS2Y9pZ0dJZBHp3ePliP/pG1G5wuhNAkMSGZvQtHWL0TVEEPgjDwsZ5YfFSOjAs4hb6ogM2IrvR&#10;RV2Wr4vRQefBcRECnt4vl/SQ+aUUPH6SMohIdEtRW8wRcnxMsTjsWdMD84PiFxnsH1QYpiwWXanu&#10;WWTkG6hfqIzi4IKTccOdKZyUiovsAd1U5U9uPg/Mi+wFmxP82qbw/2j5x/MJiOpausP2WGbwjR7Y&#10;E/FKEzzB9ow+NJh1tCe47II/QfI6STDpiy7IlFs6ry0VUyQcD+vt7c2b3Y4Sjnf1TV1tt3ViLZ7h&#10;HkJ8L5whadHSEIGpfohHZy0+n4MqN5adP4S4AK+AVFvbFCNT+q3tSJw96o+gmO21uNRJKUVysejO&#10;qzhrscAfhET7qHQpkwdPHDWQM8OR6Z6qlQUzE0QqrVdQmbX9EXTJTTCRh/FvgWt2ruhsXIFGWQe/&#10;qxqnq1S55F9dL16T7UfXzfkVcztwovI7XKY/jeyP+wx//kcP3wEAAP//AwBQSwMEFAAGAAgAAAAh&#10;AOwD4DTgAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyonTYqbcikQgiW&#10;FaKpEEs3duIIP6LYacPfM13BcjRX955T7mZn2VmPsQ8eIVsIYNo3QfW+QzjWbw8bYDFJr6QNXiP8&#10;6Ai76vamlIUKF/+hz4fUMSrxsZAIJqWh4Dw2RjsZF2HQnn5tGJ1MdI4dV6O8ULmzfCnEmjvZe1ow&#10;ctAvRjffh8khtHV3bL5eN3yy7ftj/Wm2Zl/vEe/v5ucnYEnP6S8MV3xCh4qYTmHyKjKLsM5XOUUR&#10;lhkpXAMi25LdCSEXqwx4VfL/DtUvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAB2dHVLU&#10;AQAA6wMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOwD&#10;4DTgAAAACwEAAA8AAAAAAAAAAAAAAAAALgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAA7BQAAAAA=&#10;" strokecolor="black [3200]" strokeweight=".5pt">
                 <v:stroke endarrow="block" joinstyle="miter"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251706368" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251706368" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6136DA47" wp14:editId="1060B46E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4092854</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>138582</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2414016" cy="1755648"/>
                 <wp:effectExtent l="0" t="0" r="81915" b="54610"/>
                 <wp:wrapNone/>
                 <wp:docPr id="49" name="Rak pil 49"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2414016" cy="1755648"/>
                         </a:xfrm>
                         <a:prstGeom prst="straightConnector1">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln>
@@ -8992,225 +8501,225 @@
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="009948B5" w:rsidRPr="003B2B7B">
         <w:t>OBS!</w:t>
       </w:r>
       <w:r w:rsidR="009948B5" w:rsidRPr="009948B5">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009948B5" w:rsidRPr="003B2B7B">
         <w:t xml:space="preserve">Vid inlägg av personaldata tänk på att </w:t>
       </w:r>
       <w:r w:rsidR="009948B5" w:rsidRPr="003B2B7B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>spara</w:t>
       </w:r>
       <w:r w:rsidR="009948B5" w:rsidRPr="003B2B7B">
         <w:t xml:space="preserve"> vid varje delmoment!</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E6D8E" w:rsidRDefault="006E6D8E" w:rsidP="006E6D8E">
+    <w:p w14:paraId="25AAB685" w14:textId="77777777" w:rsidR="006E6D8E" w:rsidRDefault="006E6D8E" w:rsidP="006E6D8E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E6D8E" w:rsidRDefault="006E6D8E" w:rsidP="006E6D8E">
+    <w:p w14:paraId="2128DDEA" w14:textId="77777777" w:rsidR="006E6D8E" w:rsidRDefault="006E6D8E" w:rsidP="006E6D8E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E6D8E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003B4D48" w:rsidRDefault="003B4D48" w:rsidP="006E6D8E">
+    <w:p w14:paraId="37D62C6E" w14:textId="77777777" w:rsidR="003B4D48" w:rsidRDefault="003B4D48" w:rsidP="006E6D8E">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="008677B9" wp14:editId="7F6A2393">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="68F6A33F" wp14:editId="58E18612">
             <wp:extent cx="6645910" cy="3721100"/>
             <wp:effectExtent l="0" t="0" r="2540" b="0"/>
             <wp:docPr id="44" name="Bildobjekt 44"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId33"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6645910" cy="3721100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003B4D48" w:rsidRDefault="003B4D48" w:rsidP="006E6D8E">
-[...4 lines deleted...]
-    <w:p w:rsidR="00EC5751" w:rsidRDefault="003B4D48" w:rsidP="006E6D8E">
+    <w:p w14:paraId="2E734A4F" w14:textId="77777777" w:rsidR="003B4D48" w:rsidRDefault="003B4D48" w:rsidP="006E6D8E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17F68414" w14:textId="77777777" w:rsidR="00EC5751" w:rsidRDefault="003B4D48" w:rsidP="006E6D8E">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7C01B3E4" wp14:editId="23D15AFA">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5EE146BD" wp14:editId="0363B793">
             <wp:extent cx="6645910" cy="2522855"/>
             <wp:effectExtent l="0" t="0" r="2540" b="0"/>
             <wp:docPr id="45" name="Bildobjekt 45"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId34"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6645910" cy="2522855"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC5751" w:rsidRDefault="00EC5751" w:rsidP="006E6D8E">
-[...39 lines deleted...]
-    <w:p w:rsidR="00B31A61" w:rsidRDefault="00B31A61" w:rsidP="006E6D8E">
+    <w:p w14:paraId="6735C2C3" w14:textId="77777777" w:rsidR="00EC5751" w:rsidRDefault="00EC5751" w:rsidP="006E6D8E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="147DA855" w14:textId="77777777" w:rsidR="00B31A61" w:rsidRDefault="00B31A61" w:rsidP="006E6D8E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33AF712A" w14:textId="77777777" w:rsidR="00B31A61" w:rsidRDefault="00B31A61" w:rsidP="006E6D8E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C951925" w14:textId="77777777" w:rsidR="00B31A61" w:rsidRDefault="00B31A61" w:rsidP="006E6D8E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EF285D2" w14:textId="77777777" w:rsidR="00B31A61" w:rsidRDefault="00B31A61" w:rsidP="006E6D8E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="290499FD" w14:textId="77777777" w:rsidR="00B31A61" w:rsidRDefault="00B31A61" w:rsidP="006E6D8E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30944A70" w14:textId="77777777" w:rsidR="00057A87" w:rsidRDefault="00057A87" w:rsidP="006E6D8E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43F88820" w14:textId="77777777" w:rsidR="00B31A61" w:rsidRDefault="00B31A61" w:rsidP="006E6D8E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="308AFA82" w14:textId="77777777" w:rsidR="00B31A61" w:rsidRDefault="00B31A61" w:rsidP="006E6D8E">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251709440" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251709440" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="23863FFF" wp14:editId="7051D8F3">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4991100</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>274320</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="569595" cy="461645"/>
                 <wp:effectExtent l="0" t="0" r="78105" b="52705"/>
                 <wp:wrapNone/>
                 <wp:docPr id="59" name="Rak pil 59"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="569595" cy="461645"/>
                         </a:xfrm>
                         <a:prstGeom prst="straightConnector1">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln>
@@ -9256,139 +8765,139 @@
       <w:r w:rsidR="00EC5751">
         <w:t xml:space="preserve">Vid upplägg av månadsvisa poster, som t ex månadslön och </w:t>
       </w:r>
       <w:r w:rsidR="00483302">
         <w:t>procent</w:t>
       </w:r>
       <w:r w:rsidR="00EC5751">
         <w:t xml:space="preserve"> på kontering, finns möjlighet att använda knappen </w:t>
       </w:r>
       <w:r w:rsidR="00EC5751" w:rsidRPr="00EC5751">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>”Fyll ut till höger”</w:t>
       </w:r>
       <w:r w:rsidR="00EC5751">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00EC5751">
         <w:t xml:space="preserve"> Skriv t ex in månadslön i januari och klicka på knappen ”Fyll ut till höger”, då läggs samma månadslön in i februari-december.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B31A61" w:rsidRDefault="00B31A61" w:rsidP="006E6D8E">
-[...4 lines deleted...]
-    <w:p w:rsidR="00057A87" w:rsidRDefault="00B31A61" w:rsidP="006E6D8E">
+    <w:p w14:paraId="5EB9209F" w14:textId="77777777" w:rsidR="00B31A61" w:rsidRDefault="00B31A61" w:rsidP="006E6D8E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F2553F7" w14:textId="77777777" w:rsidR="00057A87" w:rsidRDefault="00B31A61" w:rsidP="006E6D8E">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2FF115A0" wp14:editId="0F5403A2">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0EFCCEC7" wp14:editId="13955C5F">
             <wp:extent cx="6645910" cy="513715"/>
             <wp:effectExtent l="0" t="0" r="2540" b="635"/>
             <wp:docPr id="58" name="Bildobjekt 58"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId35"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6645910" cy="513715"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00057A87" w:rsidRDefault="00057A87" w:rsidP="006E6D8E">
-[...4 lines deleted...]
-    <w:p w:rsidR="005B03ED" w:rsidRPr="009068C3" w:rsidRDefault="00F15A52" w:rsidP="005B03ED">
+    <w:p w14:paraId="561333A0" w14:textId="77777777" w:rsidR="00057A87" w:rsidRDefault="00057A87" w:rsidP="006E6D8E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39B05592" w14:textId="77777777" w:rsidR="005B03ED" w:rsidRPr="009068C3" w:rsidRDefault="00F15A52" w:rsidP="005B03ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Toc84930067"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc84930067"/>
       <w:r>
         <w:t>4.10</w:t>
       </w:r>
       <w:r w:rsidR="005B03ED">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005B03ED" w:rsidRPr="009068C3">
         <w:t>Kommentar</w:t>
       </w:r>
       <w:r w:rsidR="005B03ED">
         <w:t>er</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="005B03ED" w:rsidRDefault="007E11E9" w:rsidP="005B03ED">
+      <w:bookmarkEnd w:id="13"/>
+    </w:p>
+    <w:p w14:paraId="3CCF90B7" w14:textId="77777777" w:rsidR="005B03ED" w:rsidRDefault="007E11E9" w:rsidP="005B03ED">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="007E11E9">
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251710464" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251710464" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="64056534" wp14:editId="3E085AAD">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>617220</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>184150</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3154680" cy="350520"/>
                 <wp:effectExtent l="0" t="0" r="26670" b="87630"/>
                 <wp:wrapNone/>
                 <wp:docPr id="61" name="Rak pil 61"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3154680" cy="350520"/>
                         </a:xfrm>
                         <a:prstGeom prst="straightConnector1">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln>
@@ -9416,83 +8925,75 @@
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="461FA20D" id="Rak pil 61" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:48.6pt;margin-top:14.5pt;width:248.4pt;height:27.6pt;z-index:251710464;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDmvsoY1gEAAOoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06RdWq2qpvvQBV4Q&#10;VMvyAV5nnFjrm8amaf6esdNmERcJIV4mvsyZOed4srs7W8NOgFF71/DlouYMnPStdl3Dvz6+f3PL&#10;WUzCtcJ4Bw0fIfK7/etXuyFsYeV7b1pARkVc3A6h4X1KYVtVUfZgRVz4AI4ulUcrEm2xq1oUA1W3&#10;plrV9aYaPLYBvYQY6fR+uuT7Ul8pkOmzUhESMw0nbqlELPEpx2q/E9sORei1vNAQ/8DCCu2o6Vzq&#10;XiTBvqH+pZTVEn30Ki2kt5VXSksoGkjNsv5JzZdeBChayJwYZpvi/ysrP52OyHTb8M2SMycsvdGD&#10;eGZBG0YnZM8Q4payDu6Il10MR8xazwpt/pIKdi6WjrOlcE5M0uHNcv12c0vOS7q7WdfrVfG8ekEH&#10;jOkDeMvyouExodBdnw7eOXo9j8viqzh9jIn6E/AKyK2NyzEJbd65lqUxEP2EWrjOQCZP6TmlyiIm&#10;2mWVRgMT/AEUqSeiU5syd3AwyE6CJqZ9LhaUKpSZIUobM4Pqwu2PoEtuhkGZxb8Fztmlo3dpBlrt&#10;PP6uazpfqaop/6p60pplP/l2LI9Y7KCBKv5chj9P7I/7An/5RfffAQAA//8DAFBLAwQUAAYACAAA&#10;ACEAan2fl90AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhDVGgSsqkQ&#10;gmOFaCrE0Y03cURsR7HThr9nOdHbjmY0+6bcLnYQJ5pC7x3C/SoBQa7xuncdwqF+u8tAhKicVoN3&#10;hPBDAbbV9VWpCu3P7oNO+9gJLnGhUAgmxrGQMjSGrAorP5Jjr/WTVZHl1Ek9qTOX20GmSfIoreod&#10;fzBqpBdDzfd+tght3R2ar9dMzkP7vqk/TW529Q7x9mZ5fgIRaYn/YfjDZ3SomOnoZ6eDGBDyTcpJ&#10;hDTnSew/5Gs+jgjZOgVZlfJyQPULAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA5r7KGNYB&#10;AADqAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAan2f&#10;l90AAAAIAQAADwAAAAAAAAAAAAAAAAAwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;ADoFAAAAAA==&#10;" strokecolor="black [3200]" strokeweight=".5pt">
                 <v:stroke endarrow="block" joinstyle="miter"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="005B03ED" w:rsidRPr="007E11E9">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Kommenta</w:t>
       </w:r>
       <w:r w:rsidR="005B03ED">
-        <w:t xml:space="preserve">r till budget kan läggas som egen anteckning eller som information till </w:t>
-[...15 lines deleted...]
-    <w:p w:rsidR="00D710DD" w:rsidRDefault="007E11E9" w:rsidP="005B03ED">
+        <w:t>r till budget kan läggas som egen anteckning eller som information till godkännare.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01EF8BAF" w14:textId="77777777" w:rsidR="007E11E9" w:rsidRPr="001E65AF" w:rsidRDefault="007E11E9" w:rsidP="005B03ED">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DCE6BD3" w14:textId="77777777" w:rsidR="00D710DD" w:rsidRDefault="007E11E9" w:rsidP="005B03ED">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251734016" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251734016" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="618B7011" wp14:editId="3D57387B">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3634740</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>120650</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="716280" cy="365760"/>
                 <wp:effectExtent l="0" t="0" r="26670" b="15240"/>
                 <wp:wrapNone/>
                 <wp:docPr id="33" name="Ellips 33"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="716280" cy="365760"/>
                         </a:xfrm>
                         <a:prstGeom prst="ellipse">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
@@ -9523,836 +9024,806 @@
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:oval w14:anchorId="210E9AFF" id="Ellips 33" o:spid="_x0000_s1026" style="position:absolute;margin-left:286.2pt;margin-top:9.5pt;width:56.4pt;height:28.8pt;z-index:251734016;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBgKLDGmQIAAIYFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9PGzEMfp+0/yHK+7i2QIGKK6pgnSah&#10;gQYTz2kuaSPl4ixJe+3++tm5H1QD7WFaH65xbH+2v9i+vtnXlu1UiAZcyccnI86Uk1AZty75j+fl&#10;p0vOYhKuEhacKvlBRX4z//jhuvEzNYEN2EoFhiAuzhpf8k1KflYUUW5ULeIJeOVQqSHUIqEY1kUV&#10;RIPotS0mo9G0aCBUPoBUMeLtXavk84yvtZLpQeuoErMlx9xS/ob8XdG3mF+L2ToIvzGyS0P8Qxa1&#10;MA6DDlB3Igm2DeYNVG1kgAg6nUioC9DaSJVrwGrGoz+qedoIr3ItSE70A03x/8HKb7vHwExV8tNT&#10;zpyo8Y0+W2t8ZHiB7DQ+ztDoyT+GTop4pFL3OtT0j0WwfWb0MDCq9olJvLwYTyeXyLtE1en0/GKa&#10;GS9enX2I6YuCmtGh5CqHpprFTOzuY8KYaN1b0bWDpbE2v5t1dBHBmorushDWq1sb2E7ggy+XV1dt&#10;FYhxZIYSuRZUW1tNPqWDVYRh3XelkRPMf5Izyd2oBlghpXJp3Ko2olJttPMR/ogyCkb9Sx5ZyoCE&#10;rDHLAbsD6C1bkB67hensyVXlZh6cR39LrHUePHJkcGlwro2D8B6Axaq6yK19T1JLDbG0guqAHROg&#10;HaXo5dLg092LmB5FwNnB18Z9kB7woy00JYfuxNkGwq/37skeWxq1nDU4iyWPP7ciKM7sV4fNfjU+&#10;O6PhzcLZ+cUEhXCsWR1r3La+BXz9MW4eL/OR7JPtjzpA/YJrY0FRUSWcxNgllyn0wm1qdwQuHqkW&#10;i2yGA+tFundPXhI4sUp9+bx/EcF3/Zuw8b9BP7dveri1JU8Hi20CbXKDv/La8Y3DnhunW0y0TY7l&#10;bPW6Pue/AQAA//8DAFBLAwQUAAYACAAAACEAJ4Cxd90AAAAJAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPQU7DMBBF90jcwRokdtQhom4JcSqEBCoLFgQO4MbTOGo8TmO3CbdnWNHl6D/9eb/czL4XZxxj&#10;F0jD/SIDgdQE21Gr4fvr9W4NIiZD1vSBUMMPRthU11elKWyY6BPPdWoFl1AsjAaX0lBIGRuH3sRF&#10;GJA424fRm8Tn2Eo7monLfS/zLFPSm474gzMDvjhsDvXJa3g/qgEPx/12G+qP1rxNznb5rPXtzfz8&#10;BCLhnP5h+NNndajYaRdOZKPoNSxX+QOjHDzyJgbUepmD2GlYKQWyKuXlguoXAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAYCiwxpkCAACGBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAJ4Cxd90AAAAJAQAADwAAAAAAAAAAAAAAAADzBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP0FAAAAAA==&#10;" filled="f" strokecolor="#f93" strokeweight="1pt">
                 <v:stroke joinstyle="miter"/>
               </v:oval>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="65AC82F2" wp14:editId="3CCF6E51">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="561EADA2" wp14:editId="71F80FB7">
             <wp:extent cx="6991350" cy="2004060"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="31" name="Bildobjekt 31"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId36"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6994909" cy="2005080"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F84C69" w:rsidRDefault="00F84C69" w:rsidP="00CB44A9">
-[...4 lines deleted...]
-    <w:p w:rsidR="006E6D8E" w:rsidRDefault="006E6D8E" w:rsidP="00CB44A9">
+    <w:p w14:paraId="530B60C9" w14:textId="77777777" w:rsidR="00F84C69" w:rsidRDefault="00F84C69" w:rsidP="00CB44A9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="768CD569" w14:textId="77777777" w:rsidR="006E6D8E" w:rsidRDefault="006E6D8E" w:rsidP="00CB44A9">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Observera att kommentarer som visas i denna flik är knutna till personaluppgiften. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E6D8E" w:rsidRDefault="006E6D8E" w:rsidP="00CB44A9">
+    <w:p w14:paraId="13E4078C" w14:textId="77777777" w:rsidR="006E6D8E" w:rsidRDefault="006E6D8E" w:rsidP="00CB44A9">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>Kommentarer som skrivs i fliken anställning är knutna till respektive anställning och blir inte synliga i denna flik.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007E11E9" w:rsidRDefault="007E11E9" w:rsidP="00CB44A9">
-[...94 lines deleted...]
-    <w:p w:rsidR="00F62170" w:rsidRPr="00F62170" w:rsidRDefault="007E11E9" w:rsidP="00F62170">
+    <w:p w14:paraId="2E0236A4" w14:textId="77777777" w:rsidR="007E11E9" w:rsidRDefault="007E11E9" w:rsidP="00CB44A9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25F6EE92" w14:textId="77777777" w:rsidR="00071757" w:rsidRDefault="00071757" w:rsidP="00CB44A9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D2B2B56" w14:textId="77777777" w:rsidR="00071757" w:rsidRDefault="00071757" w:rsidP="00CB44A9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C2A42FB" w14:textId="77777777" w:rsidR="00071757" w:rsidRDefault="00071757" w:rsidP="00CB44A9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C586EA1" w14:textId="77777777" w:rsidR="00071757" w:rsidRDefault="00071757" w:rsidP="00CB44A9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3798C8FE" w14:textId="77777777" w:rsidR="00071757" w:rsidRDefault="00071757" w:rsidP="00CB44A9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B637C15" w14:textId="77777777" w:rsidR="00071757" w:rsidRDefault="00071757" w:rsidP="00CB44A9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="329C1A3B" w14:textId="77777777" w:rsidR="00071757" w:rsidRDefault="00071757" w:rsidP="00CB44A9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29A712CA" w14:textId="77777777" w:rsidR="00071757" w:rsidRDefault="00071757" w:rsidP="00CB44A9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0988A28F" w14:textId="77777777" w:rsidR="00071757" w:rsidRDefault="00071757" w:rsidP="00CB44A9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59D0ECE3" w14:textId="77777777" w:rsidR="00071757" w:rsidRDefault="00071757" w:rsidP="00CB44A9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F1CAF5C" w14:textId="77777777" w:rsidR="00071757" w:rsidRDefault="00071757" w:rsidP="00CB44A9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A802FAB" w14:textId="77777777" w:rsidR="00071757" w:rsidRDefault="00071757" w:rsidP="00CB44A9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32B18565" w14:textId="77777777" w:rsidR="00071757" w:rsidRDefault="00071757" w:rsidP="00CB44A9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F573819" w14:textId="77777777" w:rsidR="00071757" w:rsidRDefault="00071757" w:rsidP="00CB44A9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30101111" w14:textId="77777777" w:rsidR="00071757" w:rsidRDefault="00071757" w:rsidP="00CB44A9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="736B87EC" w14:textId="77777777" w:rsidR="00071757" w:rsidRDefault="00071757" w:rsidP="00CB44A9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F4A6543" w14:textId="77777777" w:rsidR="00071757" w:rsidRDefault="00071757" w:rsidP="00CB44A9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="641BB758" w14:textId="77777777" w:rsidR="00071757" w:rsidRDefault="00071757" w:rsidP="00CB44A9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16559C7D" w14:textId="77777777" w:rsidR="00F62170" w:rsidRPr="00F62170" w:rsidRDefault="007E11E9" w:rsidP="00F62170">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Toc84930068"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc84930068"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">4.11 </w:t>
       </w:r>
       <w:r w:rsidRPr="009068C3">
         <w:t>Ko</w:t>
       </w:r>
       <w:r>
         <w:t>ntroll</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="007E11E9" w:rsidRPr="007E11E9" w:rsidRDefault="007E11E9" w:rsidP="007E11E9">
+      <w:bookmarkEnd w:id="14"/>
+    </w:p>
+    <w:p w14:paraId="6D612200" w14:textId="77777777" w:rsidR="007E11E9" w:rsidRPr="007E11E9" w:rsidRDefault="007E11E9" w:rsidP="007E11E9">
       <w:r>
         <w:t>En speciell flik har tagits fram från och med budget 2019 för avstämning av eventuella differenser av konteringsprocent. 100% motsvarar alltid rätt andel av aktuell tjänsteomfattning.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007E11E9" w:rsidRDefault="00071757" w:rsidP="00CB44A9">
+    <w:p w14:paraId="42625BDA" w14:textId="77777777" w:rsidR="007E11E9" w:rsidRDefault="00071757" w:rsidP="00CB44A9">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>I bild nedan motsvarar felkontering</w:t>
       </w:r>
       <w:r w:rsidRPr="00071757">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00071757">
         <w:br/>
         <w:t>- felkonterad person &gt;100%</w:t>
       </w:r>
       <w:r w:rsidRPr="00071757">
         <w:br/>
         <w:t>- Nyanställd 22 inlagd med lön januari och tjänsteomfattning i januari men ingen kontering januari utan istället i februari</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00071757" w:rsidRDefault="00071757" w:rsidP="00CB44A9">
+    <w:p w14:paraId="526A8BCB" w14:textId="77777777" w:rsidR="00071757" w:rsidRDefault="00071757" w:rsidP="00CB44A9">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7E121943" wp14:editId="73129FB6">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="547FE6F3" wp14:editId="49CBE1B4">
             <wp:extent cx="6645910" cy="2843530"/>
             <wp:effectExtent l="0" t="0" r="2540" b="0"/>
             <wp:docPr id="12" name="Platshållare för innehåll 12"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noGrp="1" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="13" name="Platshållare för innehåll 12"/>
                     <pic:cNvPicPr>
                       <a:picLocks noGrp="1" noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId37"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6645910" cy="2843530"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00071757" w:rsidRDefault="00071757" w:rsidP="00CB44A9">
-[...4 lines deleted...]
-    <w:p w:rsidR="00CB6678" w:rsidRPr="009068C3" w:rsidRDefault="009A77C0" w:rsidP="009A77C0">
+    <w:p w14:paraId="5C81BD2A" w14:textId="77777777" w:rsidR="00071757" w:rsidRDefault="00071757" w:rsidP="00CB44A9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7842ECF7" w14:textId="77777777" w:rsidR="00CB6678" w:rsidRPr="009068C3" w:rsidRDefault="009A77C0" w:rsidP="009A77C0">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:ind w:left="568"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Toc84930069"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc84930069"/>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">5. </w:t>
       </w:r>
       <w:r w:rsidR="00CB6678">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Budgetering av uppsagd personal</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00CB6678" w:rsidRPr="00EC07C5" w:rsidRDefault="00CB6678" w:rsidP="00CB6678">
+      <w:bookmarkEnd w:id="15"/>
+    </w:p>
+    <w:p w14:paraId="3A89B179" w14:textId="77777777" w:rsidR="00CB6678" w:rsidRPr="00EC07C5" w:rsidRDefault="00CB6678" w:rsidP="00CB6678">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC07C5">
         <w:t>Vid uppsägning av personal som periodiseras d v s som är arbetsbefriad under uppsägningstiden gäller nedanstående hantering i Hypergene. För uppsagd personal som inte är arbetsbefriad under uppsägningstiden gäller</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC07C5">
         <w:t>samma budgetering som för övrig personal.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CB6678" w:rsidRPr="00EC07C5" w:rsidRDefault="00CB6678" w:rsidP="00CB6678">
-[...4 lines deleted...]
-    <w:p w:rsidR="00CB6678" w:rsidRPr="00EC07C5" w:rsidRDefault="00CB6678" w:rsidP="00CB6678">
+    <w:p w14:paraId="4F6A3E9B" w14:textId="77777777" w:rsidR="00CB6678" w:rsidRPr="00EC07C5" w:rsidRDefault="00CB6678" w:rsidP="00CB6678">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39F09D5F" w14:textId="77777777" w:rsidR="00CB6678" w:rsidRPr="00EC07C5" w:rsidRDefault="00CB6678" w:rsidP="00CB6678">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC07C5">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>År 1</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CB6678" w:rsidRPr="00EC07C5" w:rsidRDefault="00CB6678" w:rsidP="00CB6678">
+    <w:p w14:paraId="5ED20FEA" w14:textId="77777777" w:rsidR="00CB6678" w:rsidRPr="00EC07C5" w:rsidRDefault="00CB6678" w:rsidP="00CB6678">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC07C5">
         <w:t>Uppsägningslönen för personal gällande period under budgetåret budgeteras som vanligt.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CB6678" w:rsidRPr="00EC07C5" w:rsidRDefault="00CB6678" w:rsidP="00CB6678">
+    <w:p w14:paraId="3BB96C02" w14:textId="77777777" w:rsidR="00CB6678" w:rsidRPr="00EC07C5" w:rsidRDefault="00CB6678" w:rsidP="00CB6678">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC07C5">
         <w:t>För uppsägningslön för period efter budgetåret gäller följande;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CB6678" w:rsidRPr="00EC07C5" w:rsidRDefault="00CB6678" w:rsidP="00CB6678">
+    <w:p w14:paraId="5371670F" w14:textId="77777777" w:rsidR="00CB6678" w:rsidRPr="00EC07C5" w:rsidRDefault="00CB6678" w:rsidP="00CB6678">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Gå in i fliken </w:t>
       </w:r>
       <w:r w:rsidRPr="00A52EBC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Anställning</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC07C5">
         <w:t xml:space="preserve"> välj ”Nyanställd”.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CB6678" w:rsidRPr="007C5D4A" w:rsidRDefault="00CB6678" w:rsidP="00CB6678">
+    <w:p w14:paraId="408B9E97" w14:textId="77777777" w:rsidR="00CB6678" w:rsidRPr="007C5D4A" w:rsidRDefault="00CB6678" w:rsidP="00CB6678">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:highlight w:val="magenta"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CB6678" w:rsidRPr="00EC07C5" w:rsidRDefault="00CB6678" w:rsidP="00CB6678">
+    <w:p w14:paraId="474FCF29" w14:textId="77777777" w:rsidR="00CB6678" w:rsidRPr="00EC07C5" w:rsidRDefault="00CB6678" w:rsidP="00CB6678">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC07C5">
         <w:t>Under ”</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC07C5">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>vald anställning</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC07C5">
         <w:t>” budgeteras den periodiserade lönekostnad som avser uppsägningslön fr o m period efter budgetår . Beloppet anges med totalbelopp den månad som uppsägningslönen för kommande år antas bokas upp.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CB6678" w:rsidRPr="00EC07C5" w:rsidRDefault="00CB6678" w:rsidP="00CB6678">
+    <w:p w14:paraId="5BCB3C99" w14:textId="77777777" w:rsidR="00CB6678" w:rsidRPr="00EC07C5" w:rsidRDefault="00CB6678" w:rsidP="00CB6678">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC07C5">
         <w:t>Vid behov kontakta Bea för beräkning av uppsägningskostnad. Välj spara.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CB6678" w:rsidRPr="00EC07C5" w:rsidRDefault="00CB6678" w:rsidP="00CB6678">
+    <w:p w14:paraId="1EE09838" w14:textId="77777777" w:rsidR="00CB6678" w:rsidRPr="00EC07C5" w:rsidRDefault="00CB6678" w:rsidP="00CB6678">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC07C5">
         <w:t>Under</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC07C5">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> ”tjänsteomfattning”</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC07C5">
         <w:t xml:space="preserve"> ange aktuell tjänsteomfattning 100</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC07C5">
         <w:t>% för den månad uppsägningslönen antas periodiseras, dvs. ett engångsbelopp den månaden. Periodisering sker i samband med bokslut.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CB6678" w:rsidRDefault="00CB6678" w:rsidP="00CB6678">
-[...4 lines deleted...]
-    <w:p w:rsidR="00CB6678" w:rsidRPr="00EC07C5" w:rsidRDefault="00CB6678" w:rsidP="00CB6678">
+    <w:p w14:paraId="293C5FA2" w14:textId="77777777" w:rsidR="00CB6678" w:rsidRDefault="00CB6678" w:rsidP="00CB6678">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C2D81AD" w14:textId="77777777" w:rsidR="00CB6678" w:rsidRPr="00EC07C5" w:rsidRDefault="00CB6678" w:rsidP="00CB6678">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC07C5">
         <w:t>Under</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC07C5">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> ”kontering” </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC07C5">
         <w:t>läggs kontering för uppsägning d v s</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC07C5">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC07C5">
         <w:t xml:space="preserve">konto </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC07C5">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>4091 (alt. uppdelat på 4091/4562/4649)</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC07C5">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CB6678" w:rsidRPr="00EC07C5" w:rsidRDefault="00CB6678" w:rsidP="00CB6678">
+    <w:p w14:paraId="48D489B0" w14:textId="77777777" w:rsidR="00CB6678" w:rsidRPr="00EC07C5" w:rsidRDefault="00CB6678" w:rsidP="00CB6678">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC07C5">
         <w:t>För denna periodiserade lönekostnad genereras LKP samt löneökning eftersom det varierar om löneökning verkställs på uppsagd personal eller ej. Däremot genereras ingen OH och kontor.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CB6678" w:rsidRPr="00EC07C5" w:rsidRDefault="00CB6678" w:rsidP="00CB6678">
-[...4 lines deleted...]
-    <w:p w:rsidR="00CB6678" w:rsidRPr="00EC07C5" w:rsidRDefault="00CB6678" w:rsidP="00CB6678">
+    <w:p w14:paraId="1CB2F57D" w14:textId="77777777" w:rsidR="00CB6678" w:rsidRPr="00EC07C5" w:rsidRDefault="00CB6678" w:rsidP="00CB6678">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18807A01" w14:textId="77777777" w:rsidR="00CB6678" w:rsidRPr="00EC07C5" w:rsidRDefault="00CB6678" w:rsidP="00CB6678">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC07C5">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>För budgetering av pensionsersättning och engångspremie SPV i samband med uppsägning kontaktas Bea för belopp och kontering.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CB6678" w:rsidRPr="00EC07C5" w:rsidRDefault="00CB6678" w:rsidP="00CB6678">
-[...7 lines deleted...]
-    <w:p w:rsidR="00CB6678" w:rsidRPr="00EC07C5" w:rsidRDefault="00CB6678" w:rsidP="00CB6678">
+    <w:p w14:paraId="13D537AE" w14:textId="77777777" w:rsidR="00CB6678" w:rsidRPr="00EC07C5" w:rsidRDefault="00CB6678" w:rsidP="00CB6678">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75C5D457" w14:textId="77777777" w:rsidR="00CB6678" w:rsidRPr="00EC07C5" w:rsidRDefault="00CB6678" w:rsidP="00CB6678">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC07C5">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>År 2</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CB6678" w:rsidRDefault="00CB6678" w:rsidP="00CB44A9">
+    <w:p w14:paraId="41700E68" w14:textId="77777777" w:rsidR="00CB6678" w:rsidRDefault="00CB6678" w:rsidP="00CB44A9">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC07C5">
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">År 2 kommer lönen för uppsagd personal att utbetalas som vanlig lön per månad. Denna kostnad budgeteras som vanlig därför lön för aktuell person och per månad. I bokföringen kommer periodiserad uppsägningslön från föregående år att backas i samband med bokslut.  Detta innebär att OH och konto genereras på verklig löneutbetalning, men lönekostnaden </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> bort via backning av periodisering. I budget ska därför backning av periodisering göras och detta görs på samma sätt som år 1 vid uppbokning d v s via inlägg av nyanställd som konteras på konto 4091 (alt. uppdelat på 4091/4562/4649), men denna gång med </w:t>
+        <w:t xml:space="preserve">År 2 kommer lönen för uppsagd personal att utbetalas som vanlig lön per månad. Denna kostnad budgeteras som vanlig därför lön för aktuell person och per månad. I bokföringen kommer periodiserad uppsägningslön från föregående år att backas i samband med bokslut.  Detta innebär att OH och konto genereras på verklig löneutbetalning, men lönekostnaden nettas bort via backning av periodisering. I budget ska därför backning av periodisering göras och detta görs på samma sätt som år 1 vid uppbokning d v s via inlägg av nyanställd som konteras på konto 4091 (alt. uppdelat på 4091/4562/4649), men denna gång med </w:t>
       </w:r>
       <w:r w:rsidRPr="00A84AEB">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC07C5">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>reditbelopp</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC07C5">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E02AD9" w:rsidRPr="009068C3" w:rsidRDefault="00E02AD9" w:rsidP="00CB44A9">
-[...4 lines deleted...]
-    <w:p w:rsidR="00F66124" w:rsidRPr="009068C3" w:rsidRDefault="00F628F6" w:rsidP="009A77C0">
+    <w:p w14:paraId="02E58EEA" w14:textId="77777777" w:rsidR="00E02AD9" w:rsidRPr="009068C3" w:rsidRDefault="00E02AD9" w:rsidP="00CB44A9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BA86666" w14:textId="77777777" w:rsidR="00F66124" w:rsidRPr="009068C3" w:rsidRDefault="00F628F6" w:rsidP="009A77C0">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:ind w:left="568"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Toc84930070"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc84930070"/>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="009A77C0">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00F66124" w:rsidRPr="009068C3">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Klarm</w:t>
       </w:r>
       <w:r w:rsidR="001E65AF" w:rsidRPr="009068C3">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve">arkering och </w:t>
-[...17 lines deleted...]
-    <w:p w:rsidR="008A6087" w:rsidRDefault="00CB6678" w:rsidP="00F66124">
+        <w:t>arkering och ev flödeskommentar</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="16"/>
+    </w:p>
+    <w:p w14:paraId="466D2428" w14:textId="77777777" w:rsidR="008A6087" w:rsidRDefault="00CB6678" w:rsidP="00F66124">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">När all personal är budgeterad och avstämd </w:t>
       </w:r>
       <w:r w:rsidR="00F66124">
         <w:t xml:space="preserve">läggs eventuella kommentarer in till godkännandenivån genom att klicka på knappen </w:t>
       </w:r>
       <w:r w:rsidR="00F66124" w:rsidRPr="00B40CE4">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="009E1475">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Kommentera uppgift</w:t>
       </w:r>
       <w:r w:rsidR="009E1475">
         <w:t>” som finns längst upp till höger i uppgiften.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F66124" w:rsidRDefault="00F66124" w:rsidP="00F66124">
+    <w:p w14:paraId="6410FFDA" w14:textId="77777777" w:rsidR="00F66124" w:rsidRDefault="00F66124" w:rsidP="00F66124">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Därefter sker klarmarkering via knappen </w:t>
       </w:r>
       <w:r w:rsidRPr="00B40CE4">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>”klarmarkera</w:t>
       </w:r>
       <w:r w:rsidR="009E1475">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> uppgift</w:t>
       </w:r>
       <w:r w:rsidRPr="00B40CE4">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>”.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D710DD" w:rsidRDefault="00D710DD" w:rsidP="00F66124">
-[...4 lines deleted...]
-    <w:p w:rsidR="00F66124" w:rsidRPr="006A1FD9" w:rsidRDefault="00845026" w:rsidP="00F66124">
+    <w:p w14:paraId="7B34288E" w14:textId="77777777" w:rsidR="00D710DD" w:rsidRDefault="00D710DD" w:rsidP="00F66124">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B04D20A" w14:textId="77777777" w:rsidR="00F66124" w:rsidRPr="006A1FD9" w:rsidRDefault="00845026" w:rsidP="00F66124">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="006A1FD9">
         <w:t>När</w:t>
       </w:r>
       <w:r w:rsidR="00D96167" w:rsidRPr="006A1FD9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006A1FD9">
         <w:t xml:space="preserve">personal och </w:t>
       </w:r>
       <w:r w:rsidR="00F66124" w:rsidRPr="006A1FD9">
         <w:t>k</w:t>
       </w:r>
       <w:r w:rsidR="00F628F6" w:rsidRPr="006A1FD9">
-        <w:t xml:space="preserve">onto är klarmarkerad för en </w:t>
-[...3 lines deleted...]
-        <w:t>org</w:t>
+        <w:t>onto är klarmarkerad för en org</w:t>
       </w:r>
       <w:r w:rsidR="00F66124" w:rsidRPr="006A1FD9">
-        <w:t>enhet</w:t>
-[...3 lines deleted...]
-        <w:t>/avd</w:t>
+        <w:t>enhet/avd</w:t>
       </w:r>
       <w:r w:rsidR="00F628F6" w:rsidRPr="006A1FD9">
         <w:t>elning</w:t>
       </w:r>
       <w:r w:rsidR="00F66124" w:rsidRPr="006A1FD9">
         <w:t xml:space="preserve"> går avdelningens totala budget för godkännande till aktuell chef.</w:t>
       </w:r>
       <w:r w:rsidRPr="006A1FD9">
         <w:t xml:space="preserve"> (Investeringsuppgiften budgeteras och godkänns i separat flöde)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009E1475" w:rsidRDefault="009E1475" w:rsidP="00F66124">
-[...4 lines deleted...]
-    <w:p w:rsidR="009E1475" w:rsidRDefault="009E1475" w:rsidP="00F66124">
+    <w:p w14:paraId="22FA8640" w14:textId="77777777" w:rsidR="009E1475" w:rsidRDefault="009E1475" w:rsidP="00F66124">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FFD1D10" w14:textId="77777777" w:rsidR="009E1475" w:rsidRDefault="009E1475" w:rsidP="00F66124">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Vid tillfällen då någon annan ekonom än den som är inlagd för uppgiften behöver arbeta med uppgiften kan man dela uppgift via knappen </w:t>
       </w:r>
       <w:r w:rsidRPr="009E1475">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">”Dela uppgift”. </w:t>
       </w:r>
       <w:r>
         <w:t>Man kan endast dela uppgifter med personer som finns inlagda i systemet.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D710DD" w:rsidRDefault="00D710DD" w:rsidP="002B2A5F">
+    <w:p w14:paraId="2C50EA85" w14:textId="77777777" w:rsidR="00D710DD" w:rsidRDefault="00D710DD" w:rsidP="002B2A5F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002E5CE8" w:rsidRDefault="009E1475" w:rsidP="002B2A5F">
+    <w:p w14:paraId="3741C5F6" w14:textId="77777777" w:rsidR="002E5CE8" w:rsidRDefault="009E1475" w:rsidP="002B2A5F">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="07421AD3" wp14:editId="76FC7A4D">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2D9E7FAC" wp14:editId="3494B5B0">
             <wp:extent cx="4191000" cy="419100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="288" name="Bildobjekt 288"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId38"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4191000" cy="419100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0083568E" w:rsidRDefault="0083568E" w:rsidP="00DE00B1">
+    <w:p w14:paraId="71543971" w14:textId="77777777" w:rsidR="0083568E" w:rsidRDefault="0083568E" w:rsidP="00DE00B1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00333D93" w:rsidRPr="005C45E2" w:rsidRDefault="00F628F6" w:rsidP="009A77C0">
+    <w:p w14:paraId="472CA467" w14:textId="77777777" w:rsidR="00333D93" w:rsidRPr="005C45E2" w:rsidRDefault="00F628F6" w:rsidP="009A77C0">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:ind w:left="568"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="_Toc84930071"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc84930071"/>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="009A77C0">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00333D93" w:rsidRPr="005C45E2">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Godkännande</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00A21373" w:rsidRPr="00A21373" w:rsidRDefault="00DE41AA" w:rsidP="00DE41AA">
+      <w:bookmarkEnd w:id="17"/>
+    </w:p>
+    <w:p w14:paraId="16ABE31B" w14:textId="77777777" w:rsidR="00A21373" w:rsidRPr="00A21373" w:rsidRDefault="00DE41AA" w:rsidP="00DE41AA">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C3EB2">
         <w:t xml:space="preserve">När budgetuppgifter </w:t>
       </w:r>
       <w:r w:rsidR="00F628F6" w:rsidRPr="001C3EB2">
         <w:t>för en</w:t>
       </w:r>
       <w:r w:rsidRPr="001C3EB2">
         <w:t xml:space="preserve"> avdelning </w:t>
       </w:r>
       <w:r w:rsidR="00845026" w:rsidRPr="001C3EB2">
         <w:t>för personal</w:t>
       </w:r>
       <w:r w:rsidRPr="001C3EB2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00845026" w:rsidRPr="001C3EB2">
         <w:t>och</w:t>
       </w:r>
       <w:r w:rsidRPr="001C3EB2">
         <w:t xml:space="preserve"> k</w:t>
@@ -10390,600 +9861,600 @@
       <w:r w:rsidR="00A21373" w:rsidRPr="00A21373">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00A21373">
         <w:t xml:space="preserve"> För att skicka tillbaka budgeten för ytterligare bearbetning tryck på knappen </w:t>
       </w:r>
       <w:r w:rsidR="00A21373" w:rsidRPr="00A21373">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>”Skicka tillbaka”.</w:t>
       </w:r>
       <w:r w:rsidR="00A21373">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A21373" w:rsidRPr="005C45E2">
         <w:t>För avstämning av aktuell budget kan rapporter tas fram i respektive flik innan godkännande. När allt är avstämt och klart godkänns budgeten</w:t>
       </w:r>
       <w:r w:rsidR="00A21373">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A21373" w:rsidRDefault="00A21373" w:rsidP="00DE41AA">
+    <w:p w14:paraId="5B34348F" w14:textId="77777777" w:rsidR="00A21373" w:rsidRDefault="00A21373" w:rsidP="00DE41AA">
       <w:r>
         <w:t xml:space="preserve">För att läsa eller skriva eventuella flödeskommentarer från tidigare eller kommande nivåer, klicka på knappen </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>”F</w:t>
       </w:r>
       <w:r w:rsidRPr="00B40CE4">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>lödeskommentarer</w:t>
       </w:r>
       <w:r>
         <w:t>”.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DE41AA" w:rsidRPr="005C45E2" w:rsidRDefault="00A21373" w:rsidP="00DE41AA">
+    <w:p w14:paraId="7CD1432A" w14:textId="77777777" w:rsidR="00DE41AA" w:rsidRPr="005C45E2" w:rsidRDefault="00A21373" w:rsidP="00DE41AA">
       <w:r>
         <w:t>Efter ekonomens godkännande</w:t>
       </w:r>
       <w:r w:rsidR="00DE41AA" w:rsidRPr="005C45E2">
         <w:t xml:space="preserve"> hamnar </w:t>
       </w:r>
       <w:r>
         <w:t>uppgiften i fliken</w:t>
       </w:r>
       <w:r w:rsidR="00DE41AA" w:rsidRPr="005C45E2">
         <w:t xml:space="preserve"> ”Mina uppgifter”</w:t>
       </w:r>
       <w:r w:rsidR="00F628F6">
         <w:t xml:space="preserve"> för avdelningschefen och ”Mina klarmarkerade uppgifter” för ekonomen</w:t>
       </w:r>
       <w:r w:rsidR="00DE41AA" w:rsidRPr="005C45E2">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00607296" w:rsidRDefault="00607296" w:rsidP="00DE41AA">
+    <w:p w14:paraId="030A8DB6" w14:textId="77777777" w:rsidR="00607296" w:rsidRDefault="00607296" w:rsidP="00DE41AA">
       <w:pPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="48F93C32" wp14:editId="430DB934">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="480AF05C" wp14:editId="66B3E7F0">
             <wp:extent cx="6645910" cy="1769745"/>
             <wp:effectExtent l="0" t="0" r="2540" b="1905"/>
             <wp:docPr id="7" name="Bildobjekt 7"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId39"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6645910" cy="1769745"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F628F6" w:rsidRPr="001E077F" w:rsidRDefault="00F628F6" w:rsidP="00F628F6">
+    <w:p w14:paraId="46EB1E83" w14:textId="77777777" w:rsidR="00F628F6" w:rsidRPr="001E077F" w:rsidRDefault="00F628F6" w:rsidP="00F628F6">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:ind w:left="568"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="_Toc423598640"/>
-      <w:bookmarkStart w:id="20" w:name="_Toc84930072"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc423598640"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc84930072"/>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>8. Översikt total avdelning i samband med upprättande av budget/prognos</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
-      <w:bookmarkEnd w:id="20"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00F628F6" w:rsidRDefault="00F628F6" w:rsidP="00F628F6">
+    </w:p>
+    <w:p w14:paraId="44FE658D" w14:textId="77777777" w:rsidR="00F628F6" w:rsidRDefault="00F628F6" w:rsidP="00F628F6">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00A84AEB">
         <w:t>I samband med upprättande av budget och prognos kan man se total avdelning inklusive underavdelning</w:t>
       </w:r>
       <w:r>
         <w:t>ar</w:t>
       </w:r>
       <w:r w:rsidRPr="00A84AEB">
         <w:t xml:space="preserve"> under fliken ”Uppgifter” samt ”Mina kommande uppgifter”:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F628F6" w:rsidRPr="00A84AEB" w:rsidRDefault="00F628F6" w:rsidP="00F628F6">
-[...4 lines deleted...]
-    <w:p w:rsidR="00F628F6" w:rsidRPr="00A84AEB" w:rsidRDefault="00D348A7" w:rsidP="00F628F6">
+    <w:p w14:paraId="6E8ABA85" w14:textId="77777777" w:rsidR="00F628F6" w:rsidRPr="00A84AEB" w:rsidRDefault="00F628F6" w:rsidP="00F628F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B227A86" w14:textId="77777777" w:rsidR="00F628F6" w:rsidRPr="00A84AEB" w:rsidRDefault="00D348A7" w:rsidP="00F628F6">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1185A8DC" wp14:editId="1DB8DAD3">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1ED5DF52" wp14:editId="0DE50D4E">
             <wp:extent cx="6645910" cy="410845"/>
             <wp:effectExtent l="0" t="0" r="2540" b="8255"/>
             <wp:docPr id="294" name="Bildobjekt 294"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId40"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6645910" cy="410845"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F628F6" w:rsidRPr="00A84AEB" w:rsidRDefault="00F628F6" w:rsidP="00F628F6">
-[...4 lines deleted...]
-    <w:p w:rsidR="00F628F6" w:rsidRPr="00A84AEB" w:rsidRDefault="00F628F6" w:rsidP="00F628F6">
+    <w:p w14:paraId="54C34A69" w14:textId="77777777" w:rsidR="00F628F6" w:rsidRPr="00A84AEB" w:rsidRDefault="00F628F6" w:rsidP="00F628F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="630A6EEA" w14:textId="77777777" w:rsidR="00F628F6" w:rsidRPr="00A84AEB" w:rsidRDefault="00F628F6" w:rsidP="00F628F6">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00A84AEB">
         <w:t xml:space="preserve">Samt där klicka </w:t>
       </w:r>
       <w:r w:rsidR="00D348A7" w:rsidRPr="00D348A7">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000C39D5">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6AE011ED" wp14:editId="46E4CA6F">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="273C2BE0" wp14:editId="4A6BEF3D">
             <wp:extent cx="933450" cy="466725"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="301" name="Bildobjekt 301"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId41"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="933450" cy="466725"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A84AEB">
         <w:t xml:space="preserve"> för aktuell avdelnings</w:t>
       </w:r>
       <w:r>
         <w:t>gruppering (</w:t>
       </w:r>
       <w:r w:rsidRPr="00A84AEB">
         <w:t xml:space="preserve">tex 5006*). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F628F6" w:rsidRPr="00A84AEB" w:rsidRDefault="00F628F6" w:rsidP="00F628F6">
-[...4 lines deleted...]
-    <w:p w:rsidR="00F628F6" w:rsidRPr="00A84AEB" w:rsidRDefault="00F628F6" w:rsidP="00F628F6">
+    <w:p w14:paraId="224DFFDF" w14:textId="77777777" w:rsidR="00F628F6" w:rsidRPr="00A84AEB" w:rsidRDefault="00F628F6" w:rsidP="00F628F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="255DC0F7" w14:textId="77777777" w:rsidR="00F628F6" w:rsidRPr="00A84AEB" w:rsidRDefault="00F628F6" w:rsidP="00F628F6">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00A84AEB">
         <w:t>Där finns sedan möjlighet att på summeringsnivå se hur budget/prognos som upprättats t o m dagens datum ser ut på total avdelnings samt per underavdelning hur budget/prognos.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F628F6" w:rsidRPr="00DE41AA" w:rsidRDefault="00F628F6" w:rsidP="00DE41AA">
+    <w:p w14:paraId="18C08AFD" w14:textId="77777777" w:rsidR="00F628F6" w:rsidRPr="00DE41AA" w:rsidRDefault="00F628F6" w:rsidP="00DE41AA">
       <w:pPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00333D93" w:rsidRDefault="009A77C0" w:rsidP="009A77C0">
+    <w:p w14:paraId="2DA0DBC9" w14:textId="77777777" w:rsidR="00333D93" w:rsidRDefault="009A77C0" w:rsidP="009A77C0">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:ind w:left="568"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="_Toc84930073"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc84930073"/>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>9.</w:t>
       </w:r>
       <w:r w:rsidR="0007192B">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00333D93">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Exempel budgetering nyanställd personal</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00333D93" w:rsidRPr="007B04EB" w:rsidRDefault="00333D93" w:rsidP="00333D93">
+      <w:bookmarkEnd w:id="20"/>
+    </w:p>
+    <w:p w14:paraId="0F1C79A0" w14:textId="77777777" w:rsidR="00333D93" w:rsidRPr="007B04EB" w:rsidRDefault="00333D93" w:rsidP="00333D93">
       <w:r>
         <w:t>Avdelningen EVJ ska under budgetåret anställa en ny lektor i företagsekonomi på heltid. Anställningen börjar 2015-04-01 och månadslönen kommer att bli 38 000 kr per månad. Lektorn kommer att forska på 20</w:t>
       </w:r>
       <w:r w:rsidR="00A21373">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">%, undervisa på 50% samt vara studierektor på 30%. Med anledning av uppdraget som studierektor kommer lektorn även att erhålla ett arvode om 2 000 kr per månad. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00333D93" w:rsidRDefault="00333D93" w:rsidP="00333D93">
+    <w:p w14:paraId="5272AD2A" w14:textId="77777777" w:rsidR="00333D93" w:rsidRDefault="00333D93" w:rsidP="00333D93">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Gå till fliken </w:t>
       </w:r>
       <w:r w:rsidRPr="00A52EBC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>”Anställning”</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00333D93" w:rsidRDefault="00333D93" w:rsidP="00333D93">
+    <w:p w14:paraId="146A0D63" w14:textId="77777777" w:rsidR="00333D93" w:rsidRDefault="00333D93" w:rsidP="00333D93">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Välj ”Nyanställd X” i rullisten</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00333D93" w:rsidRDefault="00333D93" w:rsidP="00333D93">
+    <w:p w14:paraId="43903C5F" w14:textId="77777777" w:rsidR="00333D93" w:rsidRDefault="00333D93" w:rsidP="00333D93">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Ange månadslön 38 000 kr för månaderna april-december</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00333D93" w:rsidRDefault="00333D93" w:rsidP="00333D93">
+    <w:p w14:paraId="0F68E534" w14:textId="77777777" w:rsidR="00333D93" w:rsidRDefault="00333D93" w:rsidP="00333D93">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Ange inget lönetillägg. Studierektorsarvodet anges under punkt 8 eftersom det inte följer den ordinarie lönens kontering.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00333D93" w:rsidRDefault="00333D93" w:rsidP="00333D93">
+    <w:p w14:paraId="462DA374" w14:textId="77777777" w:rsidR="00333D93" w:rsidRDefault="00333D93" w:rsidP="00333D93">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Ange omfattning 100 % (heltid) för månaderna april-december</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00333D93" w:rsidRDefault="00333D93" w:rsidP="00333D93">
+    <w:p w14:paraId="5FE46F62" w14:textId="77777777" w:rsidR="00333D93" w:rsidRDefault="00333D93" w:rsidP="00333D93">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Ange ingen frånvaro (ingen frånvaro beräknad)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00333D93" w:rsidRDefault="00333D93" w:rsidP="00333D93">
+    <w:p w14:paraId="5991DF10" w14:textId="77777777" w:rsidR="00333D93" w:rsidRDefault="00333D93" w:rsidP="00333D93">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Ange kontering för 20 % forskning, 50</w:t>
       </w:r>
       <w:r w:rsidR="00A21373">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>% undervisning och 30</w:t>
       </w:r>
       <w:r w:rsidR="00A21373">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">% </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC07C5">
         <w:t>studierektor för månaderna</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> april-december</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00333D93" w:rsidRDefault="00333D93" w:rsidP="00333D93">
+    <w:p w14:paraId="4C274832" w14:textId="77777777" w:rsidR="00333D93" w:rsidRDefault="00333D93" w:rsidP="00333D93">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Ange arvode 2 000 kr för månaderna april-december. Ange också samma kontering för den del av lönen som avser tiden som studierektor för motsvarande månader (konteringen av arvodet ska inte delas upp på samma sätt som lönen eftersom det är ett riktat arvode för lektorns uppdrag som studierektor).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC07C5" w:rsidRDefault="00333D93" w:rsidP="00333D93">
+    <w:p w14:paraId="1A0988C6" w14:textId="77777777" w:rsidR="00EC07C5" w:rsidRDefault="00333D93" w:rsidP="00333D93">
       <w:r>
         <w:t>Kom ihåg att spara efter varje punkt!</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D710DD" w:rsidRDefault="000C39D5" w:rsidP="00EC07C5">
+    <w:p w14:paraId="7AD0C8E7" w14:textId="77777777" w:rsidR="00D710DD" w:rsidRDefault="000C39D5" w:rsidP="00EC07C5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251692032" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1E5D02E1" wp14:editId="71442EF4">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251692032" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="29C5E036" wp14:editId="2737446C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1121410</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>2847975</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="238125" cy="257175"/>
                 <wp:effectExtent l="38100" t="38100" r="123825" b="123825"/>
                 <wp:wrapNone/>
                 <wp:docPr id="37" name="Textruta 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="238125" cy="257175"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="3175">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:effectLst>
                           <a:outerShdw blurRad="50800" dist="38100" dir="2700000" algn="tl" rotWithShape="0">
                             <a:prstClr val="black">
                               <a:alpha val="40000"/>
                             </a:prstClr>
                           </a:outerShdw>
                         </a:effectLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00F15A52" w:rsidRDefault="00F15A52" w:rsidP="00EC07C5">
+                          <w:p w14:paraId="52720CE5" w14:textId="77777777" w:rsidR="00F15A52" w:rsidRDefault="00F15A52" w:rsidP="00EC07C5">
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                               </w:rPr>
                               <w:t>6</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:noProof/>
                                 <w:lang w:eastAsia="sv-SE"/>
                               </w:rPr>
                               <w:drawing>
-                                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="227C41A9" wp14:editId="13EFB69B">
+                                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="140DADD8" wp14:editId="6BD2E94B">
                                   <wp:extent cx="52705" cy="30336"/>
                                   <wp:effectExtent l="0" t="0" r="4445" b="8255"/>
                                   <wp:docPr id="47" name="Bildobjekt 47"/>
                                   <wp:cNvGraphicFramePr>
                                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                                   </wp:cNvGraphicFramePr>
                                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                         <pic:nvPicPr>
                                           <pic:cNvPr id="1" name=""/>
                                           <pic:cNvPicPr/>
                                         </pic:nvPicPr>
                                         <pic:blipFill>
                                           <a:blip r:embed="rId42" cstate="print"/>
                                           <a:stretch>
                                             <a:fillRect/>
                                           </a:stretch>
                                         </pic:blipFill>
                                         <pic:spPr>
                                           <a:xfrm>
                                             <a:off x="0" y="0"/>
                                             <a:ext cx="52705" cy="30336"/>
                                           </a:xfrm>
                                           <a:prstGeom prst="rect">
                                             <a:avLst/>
                                           </a:prstGeom>
                                         </pic:spPr>
                                       </pic:pic>
                                     </a:graphicData>
                                   </a:graphic>
                                 </wp:inline>
                               </w:drawing>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:noProof/>
                                 <w:lang w:eastAsia="sv-SE"/>
                               </w:rPr>
                               <w:drawing>
-                                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6E3D1359" wp14:editId="381C42A1">
+                                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="154CDA6F" wp14:editId="4064954A">
                                   <wp:extent cx="52705" cy="30336"/>
                                   <wp:effectExtent l="0" t="0" r="4445" b="8255"/>
                                   <wp:docPr id="48" name="Bildobjekt 48"/>
                                   <wp:cNvGraphicFramePr>
                                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                                   </wp:cNvGraphicFramePr>
                                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                         <pic:nvPicPr>
                                           <pic:cNvPr id="1" name=""/>
                                           <pic:cNvPicPr/>
                                         </pic:nvPicPr>
                                         <pic:blipFill>
                                           <a:blip r:embed="rId42" cstate="print"/>
                                           <a:stretch>
                                             <a:fillRect/>
                                           </a:stretch>
                                         </pic:blipFill>
                                         <pic:spPr>
                                           <a:xfrm>
                                             <a:off x="0" y="0"/>
                                             <a:ext cx="52705" cy="30336"/>
                                           </a:xfrm>
                                           <a:prstGeom prst="rect">
@@ -10997,113 +10468,113 @@
                               </w:drawing>
                             </w:r>
                             <w:r>
                               <w:t>.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="1E5D02E1" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="29C5E036" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Textruta 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:88.3pt;margin-top:224.25pt;width:18.75pt;height:20.25pt;z-index:251692032;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDgCQpgeAIAAPkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMtu2zAQvBfoPxC8N7IVu3aFyEGaNEWB&#10;9IEmRc8rkrKIUFyVpC0lX98lpbjuAz0U1UHgiqvZndkhz86H1rC9cl6jLfn8ZMaZsgKlttuSf7m7&#10;frHmzAewEgxaVfIH5fn55vmzs74rVI4NGqkcIxDri74reRNCV2SZF41qwZ9gpyxt1uhaCBS6bSYd&#10;9ITemiyfzV5mPTrZORTKe/p6NW7yTcKvayXCx7r2KjBTcuotpLdL7yq+s80ZFFsHXaPF1Ab8Qxct&#10;aEtFD1BXEIDtnP4NqtXCocc6nAhsM6xrLVTiQGzms1/Y3DbQqcSFxPHdQSb//2DFh/0nx7Qs+emK&#10;MwstzehODcHtiEAe5ek7X1DWbUd5YXiNA405UfXdDYp7zyxeNmC36sI57BsFktqbxz+zo19HHB9B&#10;qv49SioDu4AJaKhdG7UjNRih05geDqOhVpigj/npep4vORO0lS9X89UyVYDi6efO+fBWYcviouSO&#10;Jp/AYX/jQ2wGiqeUWMuj0fJaG5MCt60ujWN7IJdcp2dC/ynNWNaTTrH23yFm6fkTRKsD2d3otuTr&#10;QxIUUbU3ViYzBtBmXFPLxsZKKhmZeMQAdwRx28ieVWbnPgONbjkjMM6kjsxJqDEgl+ersQgDs6Xj&#10;GQxnDsNXHZpkrahyhIzCHPhXBsT9KJ3pGhhFWUScidCUnSQ9NJOioz7T7OO4x8GHoRomL1UoH8gF&#10;1EcaNd0dtGjQPXLW0zksuf+2A6c4M+8sOenVfLGIBzcFi+Uqp8Ad71THO2AFQRFTzsblZUiHPbK0&#10;eEGOq3VyQ7Tm2MnkUzpficN0F8QDfBynrB831uY7AAAA//8DAFBLAwQUAAYACAAAACEASFBz9eIA&#10;AAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU7DMBBF90jcwRokNqh1UqUhhDhVhUBICARNewAn&#10;duOo8TiK3TTcnmEFyz/z9OdNsZltzyY9+s6hgHgZAdPYONVhK+Cwf1lkwHyQqGTvUAv41h425fVV&#10;IXPlLrjTUxVaRiXocynAhDDknPvGaCv90g0aaXd0o5WB4thyNcoLlduer6Io5VZ2SBeMHPST0c2p&#10;OlsBu+lt+/r1jO93tT+uK9OEz9P+Q4jbm3n7CCzoOfzB8KtP6lCSU+3OqDzrKd+nKaECkiRbAyNi&#10;FScxsJom2UMEvCz4/x/KHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDgCQpgeAIAAPkE&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBIUHP14gAA&#10;AAsBAAAPAAAAAAAAAAAAAAAAANIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA4QUA&#10;AAAA&#10;" strokeweight=".25pt">
+              <v:shape id="Textruta 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:88.3pt;margin-top:224.25pt;width:18.75pt;height:20.25pt;z-index:251692032;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQANAfIfZAIAANMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMtu2zAQvBfoPxC8N7IVu3aFyEGaNEWB&#10;9IGmRc8rkrKIUFyVpC0lX98lpTjuAz0U1YHgitTszuyszs6H1rC9cl6jLfn8ZMaZsgKlttuSf/1y&#10;/WLNmQ9gJRi0quT3yvPzzfNnZ31XqBwbNFI5RiDWF31X8iaErsgyLxrVgj/BTlk6rNG1ECh020w6&#10;6Am9NVk+m73MenSycyiU9/T2ajzkm4Rf10qEj3XtVWCm5FRbSKtLaxXXbHMGxdZB12gxlQH/UEUL&#10;2lLSA9QVBGA7p3+DarVw6LEOJwLbDOtaC5U4EJv57Bc2tw10KnEhcXx3kMn/P1jxYX/bfXIsDK9x&#10;oAYmEr67QXHnmcXLBuxWXTiHfaNAUuJ5lCzrO19Mn0apfeEjSNW/R0lNhl3ABDTUro2qEE9G6NSA&#10;+4PoaghM0Mv8dD3Pl5wJOsqXq/lqmTJA8fhx53x4q7BlcVNyRz1N4LC/8SEWA8XjlZjLo9HyWhuT&#10;AretLo1je6D+X6dnQv/pmrGsL/lpzP13iFl6/gTR6kBGNrot+fpwCYqo2hsrk80CaDPuqWRjYyaV&#10;LEo8YoA7grhtZM8qs3OfQZZ8OSMwzqSOzEmoMSD/5qsxCQOzpcELhjOH4ZsOTTJNVDlCRmEO/CsD&#10;4m6UznQNjKIsIs5EaLqdJD0Uk6KjOlPvY7vHxoehGohd9ECF8p5cQHWkVtNfgTYNugfOepqwkvvv&#10;O3CKM/POkpNezReLOJIpWCxXOQXu+KQ6PgErCIqYcjZuL0Ma48jS4gU5rtbJDU+VTD6lyUkcpimP&#10;o3kcp1tP/6LNDwAAAP//AwBQSwMEFAAGAAgAAAAhAEhQc/XiAAAACwEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj0FOwzAQRfdI3MEaJDaodVKlIYQ4VYVASAgETXsAJ3bjqPE4it003J5hBcs/8/TnTbGZ&#10;bc8mPfrOoYB4GQHT2DjVYSvgsH9ZZMB8kKhk71AL+NYeNuX1VSFz5S6401MVWkYl6HMpwIQw5Jz7&#10;xmgr/dINGml3dKOVgeLYcjXKC5Xbnq+iKOVWdkgXjBz0k9HNqTpbAbvpbfv69Yzvd7U/rivThM/T&#10;/kOI25t5+wgs6Dn8wfCrT+pQklPtzqg86ynfpymhApIkWwMjYhUnMbCaJtlDBLws+P8fyh8AAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEADQHyH2QCAADTBAAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEASFBz9eIAAAALAQAADwAAAAAAAAAAAAAAAAC+&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAM0FAAAAAA==&#10;" strokeweight=".25pt">
                 <v:shadow on="t" color="black" opacity="26214f" origin="-.5,-.5" offset=".74836mm,.74836mm"/>
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00F15A52" w:rsidRDefault="00F15A52" w:rsidP="00EC07C5">
+                    <w:p w14:paraId="52720CE5" w14:textId="77777777" w:rsidR="00F15A52" w:rsidRDefault="00F15A52" w:rsidP="00EC07C5">
                       <w:r>
                         <w:rPr>
                           <w:color w:val="FF0000"/>
                         </w:rPr>
                         <w:t>6</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:noProof/>
                           <w:lang w:eastAsia="sv-SE"/>
                         </w:rPr>
                         <w:drawing>
-                          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="227C41A9" wp14:editId="13EFB69B">
+                          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="140DADD8" wp14:editId="6BD2E94B">
                             <wp:extent cx="52705" cy="30336"/>
                             <wp:effectExtent l="0" t="0" r="4445" b="8255"/>
                             <wp:docPr id="47" name="Bildobjekt 47"/>
                             <wp:cNvGraphicFramePr>
                               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                             </wp:cNvGraphicFramePr>
                             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                   <pic:nvPicPr>
                                     <pic:cNvPr id="1" name=""/>
                                     <pic:cNvPicPr/>
                                   </pic:nvPicPr>
                                   <pic:blipFill>
                                     <a:blip r:embed="rId42" cstate="print"/>
                                     <a:stretch>
                                       <a:fillRect/>
                                     </a:stretch>
                                   </pic:blipFill>
                                   <pic:spPr>
                                     <a:xfrm>
                                       <a:off x="0" y="0"/>
                                       <a:ext cx="52705" cy="30336"/>
                                     </a:xfrm>
                                     <a:prstGeom prst="rect">
                                       <a:avLst/>
                                     </a:prstGeom>
                                   </pic:spPr>
                                 </pic:pic>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:noProof/>
                           <w:lang w:eastAsia="sv-SE"/>
                         </w:rPr>
                         <w:drawing>
-                          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6E3D1359" wp14:editId="381C42A1">
+                          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="154CDA6F" wp14:editId="4064954A">
                             <wp:extent cx="52705" cy="30336"/>
                             <wp:effectExtent l="0" t="0" r="4445" b="8255"/>
                             <wp:docPr id="48" name="Bildobjekt 48"/>
                             <wp:cNvGraphicFramePr>
                               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                             </wp:cNvGraphicFramePr>
                             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                   <pic:nvPicPr>
                                     <pic:cNvPr id="1" name=""/>
                                     <pic:cNvPicPr/>
                                   </pic:nvPicPr>
                                   <pic:blipFill>
                                     <a:blip r:embed="rId42" cstate="print"/>
                                     <a:stretch>
                                       <a:fillRect/>
                                     </a:stretch>
                                   </pic:blipFill>
                                   <pic:spPr>
                                     <a:xfrm>
                                       <a:off x="0" y="0"/>
                                       <a:ext cx="52705" cy="30336"/>
                                     </a:xfrm>
                                     <a:prstGeom prst="rect">
@@ -11113,988 +10584,980 @@
                                 </pic:pic>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </w:r>
                       <w:r>
                         <w:t>.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251691008" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6F2467E2" wp14:editId="62B24076">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251691008" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0E489DAF" wp14:editId="12D5E9C4">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1083310</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>2409825</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="238125" cy="257175"/>
                 <wp:effectExtent l="38100" t="38100" r="123825" b="123825"/>
                 <wp:wrapNone/>
                 <wp:docPr id="34" name="Textruta 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="238125" cy="257175"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="3175">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:effectLst>
                           <a:outerShdw blurRad="50800" dist="38100" dir="2700000" algn="tl" rotWithShape="0">
                             <a:prstClr val="black">
                               <a:alpha val="40000"/>
                             </a:prstClr>
                           </a:outerShdw>
                         </a:effectLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00F15A52" w:rsidRDefault="00F15A52" w:rsidP="00EC07C5">
+                          <w:p w14:paraId="5EAF276E" w14:textId="77777777" w:rsidR="00F15A52" w:rsidRDefault="00F15A52" w:rsidP="00EC07C5">
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                               </w:rPr>
                               <w:t>5</w:t>
                             </w:r>
                             <w:r>
                               <w:t>.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="6F2467E2" id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:85.3pt;margin-top:189.75pt;width:18.75pt;height:20.25pt;z-index:251691008;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAVOzpHegIAAAAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMtu2zAQvBfoPxC817IVu3aFyEHqNEWB&#10;9IEmRc8rkrKIUKRK0pbSr+9y5TjuAz0U1UHgiqvZndkhzy+G1rC98kE7W/LZZMqZssJJbbcl/3J3&#10;/WLFWYhgJRhnVckfVOAX6+fPzvuuULlrnJHKMwSxoei7kjcxdkWWBdGoFsLEdcriZu18CxFDv82k&#10;hx7RW5Pl0+nLrHdedt4JFQJ+vRo3+Zrw61qJ+LGug4rMlBx7i/T29K7SO1ufQ7H10DVaHNqAf+ii&#10;BW2x6BHqCiKwnde/QbVaeBdcHSfCtZmray0UcUA2s+kvbG4b6BRxQXFCd5Qp/D9Y8WH/yTMtS342&#10;58xCizO6U0P0OySQJ3n6LhSYddthXhxeuwHHTFRDd+PEfWDWbRqwW3XpvesbBRLbm6U/s5NfR5yQ&#10;QKr+vZNYBnbREdBQ+zZph2owRMcxPRxHg60wgR/zs9UsX3AmcCtfLGfLBVWA4vHnzof4VrmWpUXJ&#10;PU6ewGF/E2JqBorHlFQrOKPltTaGAr+tNsazPaBLruk5oP+UZizrUadU++8QU3r+BNHqiHY3ui35&#10;6pgERVLtjZVkxgjajGts2dhUSZGRkUcK3A4hbhvZs8rs/GfA0S2mCMaZ1Ik5CjUG6PJ8ORZhYLZ4&#10;PKPhzLv4VceGrJVUTpBJmCP/yoC4H6UzXQOjKPOEcyB0yCZJj81QdNInzT6Nexx8HKqBXEbGSL6o&#10;nHxAM2A7NHG8QnDROP+dsx6PY8nDtx14xZl5Z9FQr2bzeTq/FMwXyxwDf7pTne6AFQiFhDkbl5tI&#10;Zz6Rte4SjVdrMsVTJwe74jEjKocrIZ3j05iyni6u9Q8AAAD//wMAUEsDBBQABgAIAAAAIQCd3mIB&#10;4QAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/dSsNAEIXvBd9hGcEbsbut9seYTSmiCEXRpj7A&#10;JjtNQrOzIbtN49s7XunlYT7O+SZdj64VA/ah8aRhOlEgkEpvG6o0fO1fblcgQjRkTesJNXxjgHV2&#10;eZGaxPoz7XDIYyW4hEJiNNQxdomUoazRmTDxHRLfDr53JnLsK2l7c+Zy18qZUgvpTEO8UJsOn2os&#10;j/nJadgN283r5zO93RThMM/rMn4c9+9aX1+Nm0cQEcf4B8OvPqtDxk6FP5ENouW8VAtGNdwtH+Yg&#10;mJip1RREoeGel0Fmqfz/Q/YDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAFTs6R3oCAAAA&#10;BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAnd5iAeEA&#10;AAALAQAADwAAAAAAAAAAAAAAAADUBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOIF&#10;AAAAAA==&#10;" strokeweight=".25pt">
+              <v:shape w14:anchorId="0E489DAF" id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:85.3pt;margin-top:189.75pt;width:18.75pt;height:20.25pt;z-index:251691008;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC9ZBPNZwIAANoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMtu2zAQvBfoPxC8N7IVu3aFyEGaNEWB&#10;9IGmRc8rkrKIUFyVpC0lX98lpTjuAz0U1YHgitTszuyszs6H1rC9cl6jLfn8ZMaZsgKlttuSf/1y&#10;/WLNmQ9gJRi0quT3yvPzzfNnZ31XqBwbNFI5RiDWF31X8iaErsgyLxrVgj/BTlk6rNG1ECh020w6&#10;6Am9NVk+m73MenSycyiU9/T2ajzkm4Rf10qEj3XtVWCm5FRbSKtLaxXXbHMGxdZB12gxlQH/UEUL&#10;2lLSA9QVBGA7p3+DarVw6LEOJwLbDOtaC5U4EJv57Bc2tw10KnEhcXx3kMn/P1jxYX/bfXIsDK9x&#10;oAYmEr67QXHnmcXLBuxWXTiHfaNAUuJ5lCzrO19Mn0apfeEjSNW/R0lNhl3ABDTUro2qEE9G6NSA&#10;+4PoaghM0Mv8dD3Pl5wJOsqXq/lqmTJA8fhx53x4q7BlcVNyRz1N4LC/8SEWA8XjlZjLo9HyWhuT&#10;AretLo1je6D+X6dnQv/pmrGsL/lpzP13iFl6/gTR6kBGNrot+fpwCYqo2hsrk80CaDPuqWRjYyaV&#10;LEo8YoA7grhtZM8qs3OfQZZ8OSMwzqSOzEmoMSD/5qsxCQOzpcELhjOH4ZsOTTJNVDlCRmEO/CsD&#10;4m6UznQNjKIsIs5EaLqdJD0Uk6KjOlPvY7vHxoehGpimUpMxohUqlPdkBiondZx+DrRp0D1w1tOg&#10;ldx/34FTnJl3lgz1ar5YxMlMwWK5yilwxyfV8QlYQVBEmLNxexnSNEeyFi/IeLVOpniqZLIrDVCi&#10;Mg17nNDjON16+iVtfgAAAP//AwBQSwMEFAAGAAgAAAAhAJ3eYgHhAAAACwEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj91Kw0AQhe8F32EZwRuxu632x5hNKaIIRdGmPsAmO01Cs7Mhu03j2zte6eVhPs75&#10;Jl2PrhUD9qHxpGE6USCQSm8bqjR87V9uVyBCNGRN6wk1fGOAdXZ5kZrE+jPtcMhjJbiEQmI01DF2&#10;iZShrNGZMPEdEt8OvncmcuwraXtz5nLXyplSC+lMQ7xQmw6faiyP+clp2A3bzevnM73dFOEwz+sy&#10;fhz371pfX42bRxARx/gHw68+q0PGToU/kQ2i5bxUC0Y13C0f5iCYmKnVFESh4Z6XQWap/P9D9gMA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC9ZBPNZwIAANoEAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCd3mIB4QAAAAsBAAAPAAAAAAAAAAAAAAAA&#10;AMEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAzwUAAAAA&#10;" strokeweight=".25pt">
                 <v:shadow on="t" color="black" opacity="26214f" origin="-.5,-.5" offset=".74836mm,.74836mm"/>
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00F15A52" w:rsidRDefault="00F15A52" w:rsidP="00EC07C5">
+                    <w:p w14:paraId="5EAF276E" w14:textId="77777777" w:rsidR="00F15A52" w:rsidRDefault="00F15A52" w:rsidP="00EC07C5">
                       <w:r>
                         <w:rPr>
                           <w:color w:val="FF0000"/>
                         </w:rPr>
                         <w:t>5</w:t>
                       </w:r>
                       <w:r>
                         <w:t>.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251689984" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6B5FD657" wp14:editId="56AEC1E3">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251689984" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3375B79B" wp14:editId="46118003">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1111885</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1800225</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="238125" cy="257175"/>
                 <wp:effectExtent l="38100" t="38100" r="123825" b="123825"/>
                 <wp:wrapNone/>
                 <wp:docPr id="32" name="Textruta 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="238125" cy="257175"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="3175">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:effectLst>
                           <a:outerShdw blurRad="50800" dist="38100" dir="2700000" algn="tl" rotWithShape="0">
                             <a:prstClr val="black">
                               <a:alpha val="40000"/>
                             </a:prstClr>
                           </a:outerShdw>
                         </a:effectLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00F15A52" w:rsidRDefault="00F15A52" w:rsidP="00EC07C5">
+                          <w:p w14:paraId="1109BB68" w14:textId="77777777" w:rsidR="00F15A52" w:rsidRDefault="00F15A52" w:rsidP="00EC07C5">
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                               </w:rPr>
                               <w:t>4</w:t>
                             </w:r>
                             <w:r>
                               <w:t>.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="6B5FD657" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:87.55pt;margin-top:141.75pt;width:18.75pt;height:20.25pt;z-index:251689984;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCqh9MYeQIAAAAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMtu2zAQvBfoPxC8N7IVu3aFyEGaNEWB&#10;9IEmRc8rirKIUFyWpC0lX98l5ajuAz0U1UHgiqvZndkhz86HTrO9dF6hKfn8ZMaZNAJrZbYl/3J3&#10;/WLNmQ9gatBoZMkfpOfnm+fPznpbyBxb1LV0jECML3pb8jYEW2SZF63swJ+glYY2G3QdBArdNqsd&#10;9ITe6SyfzV5mPbraOhTSe/p6NW7yTcJvGinCx6bxMjBdcuotpLdL7yq+s80ZFFsHtlXi0Ab8Qxcd&#10;KENFJ6grCMB2Tv0G1Snh0GMTTgR2GTaNEjJxIDbz2S9sbluwMnEhcbydZPL/D1Z82H9yTNUlP805&#10;M9DRjO7kENyOCORRnt76grJuLeWF4TUONOZE1dsbFPeeGbxswWzlhXPYtxJqam8e/8yOfh1xfASp&#10;+vdYUxnYBUxAQ+O6qB2pwQidxvQwjYZaYYI+5qfreb7kTNBWvlzNV8tUAYqnn63z4a3EjsVFyR1N&#10;PoHD/saH2AwUTymxlket6muldQrctrrUju2BXHKdngP6T2nasJ50irX/DjFLz58gOhXI7lp1JV9P&#10;SVBE1d6YOpkxgNLjmlrWJlaSycjEIwa4I4jbtu5ZpXfuM9DoljMC46xWkTkJNQbk8nw1FmGgt3Q8&#10;g+bMYfiqQpusFVWOkFGYiX+lQdyP0mnbwijKIuIcCB2yk6RTMyk66jPNPo57HHwYqiG5bLJUhfUD&#10;mYHaSROnK4QWLbpHzno6jiX333bgJGf6nSFDvZovFvH8pmCxXOUUuOOd6ngHjCAoIszZuLwM6cxH&#10;sgYvyHiNSqaIDh07OdiVjlmicrgS4jk+jlPWj4tr8x0AAP//AwBQSwMEFAAGAAgAAAAhAPx+XTrh&#10;AAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj9FKwzAUhu8F3yEcwRtxaTM7R206hiiCKLrOB0ib&#10;rClrTkqTdfXtPV7p5c/5+P/vFJvZ9WwyY+g8SkgXCTCDjdcdthK+9s+3a2AhKtSq92gkfJsAm/Ly&#10;olC59mfcmamKLaMSDLmSYGMccs5DY41TYeEHg3Q7+NGpSHFsuR7Vmcpdz0WSrLhTHdKCVYN5tKY5&#10;VicnYTe9bl8+n/Dtpg6HrLJN/Dju36W8vpq3D8CimeMfDL/6pA4lOdX+hDqwnvJ9lhIqQayXGTAi&#10;RCpWwGoJS3GXAC8L/v+H8gcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCqh9MYeQIAAAAF&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQD8fl064QAA&#10;AAsBAAAPAAAAAAAAAAAAAAAAANMEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA4QUA&#10;AAAA&#10;" strokeweight=".25pt">
+              <v:shape w14:anchorId="3375B79B" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:87.55pt;margin-top:141.75pt;width:18.75pt;height:20.25pt;z-index:251689984;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKutEMZwIAANoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMtu2zAQvBfoPxC8N7IVu3aFyEGaNEWB&#10;9IGmRc8rkrKIUFyVpC0lX98lpTjuAz0U1YHgitTszuyszs6H1rC9cl6jLfn8ZMaZsgKlttuSf/1y&#10;/WLNmQ9gJRi0quT3yvPzzfNnZ31XqBwbNFI5RiDWF31X8iaErsgyLxrVgj/BTlk6rNG1ECh020w6&#10;6Am9NVk+m73MenSycyiU9/T2ajzkm4Rf10qEj3XtVWCm5FRbSKtLaxXXbHMGxdZB12gxlQH/UEUL&#10;2lLSA9QVBGA7p3+DarVw6LEOJwLbDOtaC5U4EJv57Bc2tw10KnEhcXx3kMn/P1jxYX/bfXIsDK9x&#10;oAYmEr67QXHnmcXLBuxWXTiHfaNAUuJ5lCzrO19Mn0apfeEjSNW/R0lNhl3ABDTUro2qEE9G6NSA&#10;+4PoaghM0Mv8dD3Pl5wJOsqXq/lqmTJA8fhx53x4q7BlcVNyRz1N4LC/8SEWA8XjlZjLo9HyWhuT&#10;AretLo1je6D+X6dnQv/pmrGsL/lpzP13iFl6/gTR6kBGNrot+fpwCYqo2hsrk80CaDPuqWRjYyaV&#10;LEo8YoA7grhtZM8qs3OfQZZ8OSMwzqSOzEmoMSD/5qsxCQOzpcELhjOH4ZsOTTJNVDlCRmEO/CsD&#10;4m6UznQNjKIsIs5EaLqdJD0Uk6KjOlPvY7vHxoehGpimUvMIEq1QobwnM1A5qeP0c6BNg+6Bs54G&#10;reT++w6c4sy8s2SoV/PFIk5mChbLVU6BOz6pjk/ACoIiwpyN28uQpjmStXhBxqt1MsVTJZNdaYAS&#10;lWnY44Qex+nW0y9p8wMAAP//AwBQSwMEFAAGAAgAAAAhAPx+XTrhAAAACwEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj9FKwzAUhu8F3yEcwRtxaTM7R206hiiCKLrOB0ibrClrTkqTdfXtPV7p5c/5+P/v&#10;FJvZ9WwyY+g8SkgXCTCDjdcdthK+9s+3a2AhKtSq92gkfJsAm/LyolC59mfcmamKLaMSDLmSYGMc&#10;cs5DY41TYeEHg3Q7+NGpSHFsuR7Vmcpdz0WSrLhTHdKCVYN5tKY5VicnYTe9bl8+n/Dtpg6HrLJN&#10;/Dju36W8vpq3D8CimeMfDL/6pA4lOdX+hDqwnvJ9lhIqQayXGTAiRCpWwGoJS3GXAC8L/v+H8gcA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCKutEMZwIAANoEAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQD8fl064QAAAAsBAAAPAAAAAAAAAAAAAAAA&#10;AMEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAzwUAAAAA&#10;" strokeweight=".25pt">
                 <v:shadow on="t" color="black" opacity="26214f" origin="-.5,-.5" offset=".74836mm,.74836mm"/>
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00F15A52" w:rsidRDefault="00F15A52" w:rsidP="00EC07C5">
+                    <w:p w14:paraId="1109BB68" w14:textId="77777777" w:rsidR="00F15A52" w:rsidRDefault="00F15A52" w:rsidP="00EC07C5">
                       <w:r>
                         <w:rPr>
                           <w:color w:val="FF0000"/>
                         </w:rPr>
                         <w:t>4</w:t>
                       </w:r>
                       <w:r>
                         <w:t>.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251688960" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="09510C17" wp14:editId="0549940B">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251688960" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2868D09A" wp14:editId="581771CB">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>997585</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1238250</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="238125" cy="257175"/>
                 <wp:effectExtent l="38100" t="38100" r="123825" b="123825"/>
                 <wp:wrapNone/>
                 <wp:docPr id="28" name="Textruta 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="238125" cy="257175"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="3175">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:effectLst>
                           <a:outerShdw blurRad="50800" dist="38100" dir="2700000" algn="tl" rotWithShape="0">
                             <a:prstClr val="black">
                               <a:alpha val="40000"/>
                             </a:prstClr>
                           </a:outerShdw>
                         </a:effectLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00F15A52" w:rsidRDefault="00F15A52" w:rsidP="00EC07C5">
+                          <w:p w14:paraId="3A6AAA39" w14:textId="77777777" w:rsidR="00F15A52" w:rsidRDefault="00F15A52" w:rsidP="00EC07C5">
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                               </w:rPr>
                               <w:t>3</w:t>
                             </w:r>
                             <w:r>
                               <w:t>.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="09510C17" id="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:78.55pt;margin-top:97.5pt;width:18.75pt;height:20.25pt;z-index:251688960;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBJHuS4egIAAAAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X504yZIZdYouXYcB&#10;3QfWDjvTkhwLlUVPUmJ3v36UnKbZB3YY5oMgWtQjH/mo84uhNWyvnNdoSz49m3CmrECp7bbkX+6u&#10;X6w48wGsBINWlfxBeX6xfv7svO8KlWODRirHCMT6ou9K3oTQFVnmRaNa8GfYKUuHNboWAplum0kH&#10;PaG3Jssnk5dZj052DoXynv5ejYd8nfDrWonwsa69CsyUnHILaXVpreKarc+h2DroGi0OacA/ZNGC&#10;thT0CHUFAdjO6d+gWi0ceqzDmcA2w7rWQiUOxGY6+YXNbQOdSlyoOL47lsn/P1jxYf/JMS1LnlOn&#10;LLTUozs1BLcjAnksT9/5grxuO/ILw2scqM2Jqu9uUNx7ZnHTgN2qS+ewbxRISm8ab2YnV0ccH0Gq&#10;/j1KCgO7gAloqF0ba0fVYIRObXo4toZSYYJ+5rPVNF9wJugoXyyny0WKAMXj5c758FZhy+Km5I46&#10;n8Bhf+NDTAaKR5cYy6PR8lobkwy3rTbGsT2QSq7Td0D/yc1Y1pd8FmP/HWKSvj9BtDqQ3I1uS746&#10;OkERq/bGyiTGANqMe0rZ2BhJJSETj2jgjiBuG9mzyuzcZ6DWLSYExpnUkTkVajRI5flyDMLAbGk8&#10;g+HMYfiqQ5OkFascIWNhjvwrA+J+LJ3pGhiLMo84B0IH71TSYzLJOskz9T62e2x8GKohqWwWQaIu&#10;KpQPJAZKJ3WcnhDaNOi+c9bTOJbcf9uBU5yZd5YE9Wo6n8f5TcZ8sczJcKcn1ekJWEFQRJizcbsJ&#10;aeYjWYuXJLxaJ1E8ZXKQK41ZonJ4EuIcn9rJ6+nhWv8AAAD//wMAUEsDBBQABgAIAAAAIQCI7arr&#10;4QAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/fSsMwFMbvBd8hHMEb2dJNM11tOoYowlDcOh8g&#10;bbKmrDkpTdbVt/fsSu/Ox/nx/clWo2vZYPrQeJQwmybADFZeN1hL+N6/TZ6AhahQq9ajkfBjAqzy&#10;66tMpdqfcWeGItaMTDCkSoKNsUs5D5U1ToWp7wzS7+B7pyLJvua6V2cydy2fJ8mCO9UgJVjVmRdr&#10;qmNxchJ2w2b9vn3Fj7syHERhq/h13H9KeXszrp+BRTPGPxgu9ak65NSp9CfUgbWkxeOMUDqWgkZd&#10;iOXDAlgpYX4vBPA84/835L8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEASR7kuHoCAAAA&#10;BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAiO2q6+EA&#10;AAALAQAADwAAAAAAAAAAAAAAAADUBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOIF&#10;AAAAAA==&#10;" strokeweight=".25pt">
+              <v:shape w14:anchorId="2868D09A" id="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:78.55pt;margin-top:97.5pt;width:18.75pt;height:20.25pt;z-index:251688960;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBYDb/6aAIAANoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMtu2zAQvBfoPxC8N7IVu3aFyEGaNEWB&#10;9IGmRc8rkrKIUFyVpC0lX98lpTjuAz0U1YHgitTszuyszs6H1rC9cl6jLfn8ZMaZsgKlttuSf/1y&#10;/WLNmQ9gJRi0quT3yvPzzfNnZ31XqBwbNFI5RiDWF31X8iaErsgyLxrVgj/BTlk6rNG1ECh020w6&#10;6Am9NVk+m73MenSycyiU9/T2ajzkm4Rf10qEj3XtVWCm5FRbSKtLaxXXbHMGxdZB12gxlQH/UEUL&#10;2lLSA9QVBGA7p3+DarVw6LEOJwLbDOtaC5U4EJv57Bc2tw10KnEhcXx3kMn/P1jxYX/bfXIsDK9x&#10;oAYmEr67QXHnmcXLBuxWXTiHfaNAUuJ5lCzrO19Mn0apfeEjSNW/R0lNhl3ABDTUro2qEE9G6NSA&#10;+4PoaghM0Mv8dD3Pl5wJOsqXq/lqmTJA8fhx53x4q7BlcVNyRz1N4LC/8SEWA8XjlZjLo9HyWhuT&#10;AretLo1je6D+X6dnQv/pmrGsL/lpzP13iFl6/gTR6kBGNrot+fpwCYqo2hsrk80CaDPuqWRjYyaV&#10;LEo8YoA7grhtZM8qs3OfQZZ8OSMwzqSOzEmoMSD/5qsxCQOzpcELhjOH4ZsOTTJNVDlCRmEO/CsD&#10;4m6UznQNjKIsIs5EaLqdJD0Uk6KjOlPvY7vHxoehGpimUk8jSLRChfKezEDlpI7Tz4E2DboHznoa&#10;tJL77ztwijPzzpKhXs0XiziZKVgsVzkF7vikOj4BKwiKCHM2bi9DmuZI1uIFGa/WyRRPlUx2pQFK&#10;VKZhjxN6HKdbT7+kzQ8AAAD//wMAUEsDBBQABgAIAAAAIQCI7arr4QAAAAsBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/fSsMwFMbvBd8hHMEb2dJNM11tOoYowlDcOh8gbbKmrDkpTdbVt/fsSu/Ox/nx&#10;/clWo2vZYPrQeJQwmybADFZeN1hL+N6/TZ6AhahQq9ajkfBjAqzy66tMpdqfcWeGItaMTDCkSoKN&#10;sUs5D5U1ToWp7wzS7+B7pyLJvua6V2cydy2fJ8mCO9UgJVjVmRdrqmNxchJ2w2b9vn3Fj7syHERh&#10;q/h13H9KeXszrp+BRTPGPxgu9ak65NSp9CfUgbWkxeOMUDqWgkZdiOXDAlgpYX4vBPA84/835L8A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAWA2/+mgCAADaBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAiO2q6+EAAAALAQAADwAAAAAAAAAAAAAA&#10;AADCBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANAFAAAAAA==&#10;" strokeweight=".25pt">
                 <v:shadow on="t" color="black" opacity="26214f" origin="-.5,-.5" offset=".74836mm,.74836mm"/>
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00F15A52" w:rsidRDefault="00F15A52" w:rsidP="00EC07C5">
+                    <w:p w14:paraId="3A6AAA39" w14:textId="77777777" w:rsidR="00F15A52" w:rsidRDefault="00F15A52" w:rsidP="00EC07C5">
                       <w:r>
                         <w:rPr>
                           <w:color w:val="FF0000"/>
                         </w:rPr>
                         <w:t>3</w:t>
                       </w:r>
                       <w:r>
                         <w:t>.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251719680" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="72C11A9F" wp14:editId="7527418A">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251719680" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="16756E63" wp14:editId="3218862F">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2638425</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>771525</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="238125" cy="257175"/>
                 <wp:effectExtent l="38100" t="38100" r="123825" b="123825"/>
                 <wp:wrapNone/>
                 <wp:docPr id="305" name="Textruta 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="238125" cy="257175"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="3175">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:effectLst>
                           <a:outerShdw blurRad="50800" dist="38100" dir="2700000" algn="tl" rotWithShape="0">
                             <a:prstClr val="black">
                               <a:alpha val="40000"/>
                             </a:prstClr>
                           </a:outerShdw>
                         </a:effectLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00F15A52" w:rsidRDefault="00F15A52" w:rsidP="000C39D5">
+                          <w:p w14:paraId="0F689869" w14:textId="77777777" w:rsidR="00F15A52" w:rsidRDefault="00F15A52" w:rsidP="000C39D5">
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
                             <w:r>
                               <w:t>.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="72C11A9F" id="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:207.75pt;margin-top:60.75pt;width:18.75pt;height:20.25pt;z-index:251719680;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDHfEWxewIAAAEFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMtu2zAQvBfoPxC8N5IVu3aFyEGaNEWB&#10;9IEmRc8rkrKIUFyVpC2lX98l5TjuAz0U1UHgiqvZndkhz87HzrCdcl6jrfjsJOdMWYFS203Fv9xd&#10;v1hx5gNYCQatqviD8vx8/fzZ2dCXqsAWjVSOEYj15dBXvA2hL7PMi1Z14E+wV5Y2G3QdBArdJpMO&#10;BkLvTFbk+ctsQCd7h0J5T1+vpk2+TvhNo0T42DReBWYqTr2F9HbpXcd3tj6DcuOgb7XYtwH/0EUH&#10;2lLRA9QVBGBbp3+D6rRw6LEJJwK7DJtGC5U4EJtZ/gub2xZ6lbiQOL4/yOT/H6z4sPvkmJYVP80X&#10;nFnoaEh3agxuSwyKqM/Q+5LSbntKDONrHGnOiavvb1Dce2bxsgW7URfO4dAqkNTfLP6ZHf064fgI&#10;Ug/vUVIZ2AZMQGPjuigeycEIneb0cJgNtcIEfSxOV7OCOhS0VSyWs+UiVYDy8efe+fBWYcfiouKO&#10;Rp/AYXfjQ2wGyseUWMuj0fJaG5MCt6kvjWM7IJtcp2eP/lOasWwgoWLtv0Pk6fkTRKcD+d3oruKr&#10;QxKUUbU3ViY3BtBmWlPLxsZKKjmZeMQAtwRx28qB1WbrPgPNbpETGGdSR+Yk1BSQzYvlVISB2dD5&#10;DIYzh+GrDm3yVlQ5QkZhDvxrA+J+ks70LUyizCPOntA+O0l6aCZFR32m2cdxT4MPYz0mm80jSPRF&#10;jfKBzEDtpInTHUKLFt13zgY6jxX337bgFGfmnSVDvZrN5/EAp2C+WBYUuOOd+ngHrCAoIszZtLwM&#10;6dBHshYvyHiNTqZ46mRvVzpnicr+TogH+ThOWU831/oHAAAA//8DAFBLAwQUAAYACAAAACEAM5Hy&#10;K+EAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyP0UrDQBBF3wX/YRnBF7GbxKZImk0pogiiaNN+&#10;wCaZZkOzsyG7TePfOz7p28zcy51z881sezHh6DtHCuJFBAKpdk1HrYLD/uX+EYQPmhrdO0IF3+hh&#10;U1xf5Tpr3IV2OJWhFRxCPtMKTAhDJqWvDVrtF25AYu3oRqsDr2Mrm1FfONz2MomilbS6I/5g9IBP&#10;ButTebYKdtPb9vXrmd7vKn9MS1OHz9P+Q6nbm3m7BhFwDn9m+MVndCiYqXJnarzoFSzjNGUrC0nM&#10;AzuW6QO3q/iySiKQRS7/dyh+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMd8RbF7AgAA&#10;AQUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADOR8ivh&#10;AAAACwEAAA8AAAAAAAAAAAAAAAAA1QQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADj&#10;BQAAAAA=&#10;" strokeweight=".25pt">
+              <v:shape w14:anchorId="16756E63" id="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:207.75pt;margin-top:60.75pt;width:18.75pt;height:20.25pt;z-index:251719680;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQClACVUaAIAANoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMtu2zAQvBfoPxC8N7IVu3aFyEGaNEWB&#10;9IGmRc8rkrKIUFyVpC0lX98lpTjuAz0U1YHgitTszuyszs6H1rC9cl6jLfn8ZMaZsgKlttuSf/1y&#10;/WLNmQ9gJRi0quT3yvPzzfNnZ31XqBwbNFI5RiDWF31X8iaErsgyLxrVgj/BTlk6rNG1ECh020w6&#10;6Am9NVk+m73MenSycyiU9/T2ajzkm4Rf10qEj3XtVWCm5FRbSKtLaxXXbHMGxdZB12gxlQH/UEUL&#10;2lLSA9QVBGA7p3+DarVw6LEOJwLbDOtaC5U4EJv57Bc2tw10KnEhcXx3kMn/P1jxYX/bfXIsDK9x&#10;oAYmEr67QXHnmcXLBuxWXTiHfaNAUuJ5lCzrO19Mn0apfeEjSNW/R0lNhl3ABDTUro2qEE9G6NSA&#10;+4PoaghM0Mv8dD3Pl5wJOsqXq/lqmTJA8fhx53x4q7BlcVNyRz1N4LC/8SEWA8XjlZjLo9HyWhuT&#10;AretLo1je6D+X6dnQv/pmrGsL/lpzP13iFl6/gTR6kBGNrot+fpwCYqo2hsrk80CaDPuqWRjYyaV&#10;LEo8YoA7grhtZM8qs3OfQZZ8OSMwzqSOzEmoMSD/5qsxCQOzpcELhjOH4ZsOTTJNVDlCRmEO/CsD&#10;4m6UznQNjKIsIs5EaLqdJD0Uk6KjOlPvY7vHxoehGpimUhcRJFqhQnlPZqByUsfp50CbBt0DZz0N&#10;Wsn99x04xZl5Z8lQr+aLRZzMFCyWq5wCd3xSHZ+AFQRFhDkbt5chTXMka/GCjFfrZIqnSia70gAl&#10;KtOwxwk9jtOtp1/S5gcAAAD//wMAUEsDBBQABgAIAAAAIQAzkfIr4QAAAAsBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/RSsNAEEXfBf9hGcEXsZvEpkiaTSmiCKJo037AJplmQ7OzIbtN4987PunbzNzL&#10;nXPzzWx7MeHoO0cK4kUEAql2TUetgsP+5f4RhA+aGt07QgXf6GFTXF/lOmvchXY4laEVHEI+0wpM&#10;CEMmpa8NWu0XbkBi7ehGqwOvYyubUV843PYyiaKVtLoj/mD0gE8G61N5tgp209v29euZ3u8qf0xL&#10;U4fP0/5DqdubebsGEXAOf2b4xWd0KJipcmdqvOgVLOM0ZSsLScwDO5bpA7er+LJKIpBFLv93KH4A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEApQAlVGgCAADaBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAM5HyK+EAAAALAQAADwAAAAAAAAAAAAAA&#10;AADCBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANAFAAAAAA==&#10;" strokeweight=".25pt">
                 <v:shadow on="t" color="black" opacity="26214f" origin="-.5,-.5" offset=".74836mm,.74836mm"/>
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00F15A52" w:rsidRDefault="00F15A52" w:rsidP="000C39D5">
+                    <w:p w14:paraId="0F689869" w14:textId="77777777" w:rsidR="00F15A52" w:rsidRDefault="00F15A52" w:rsidP="000C39D5">
                       <w:r>
                         <w:rPr>
                           <w:color w:val="FF0000"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
                       <w:r>
                         <w:t>.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251717632" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7E0A4E07" wp14:editId="6C606F55">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251717632" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="71E09815" wp14:editId="503743C1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>center</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>495300</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="238125" cy="257175"/>
                 <wp:effectExtent l="38100" t="38100" r="123825" b="123825"/>
                 <wp:wrapNone/>
                 <wp:docPr id="304" name="Textruta 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="238125" cy="257175"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="3175">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:effectLst>
                           <a:outerShdw blurRad="50800" dist="38100" dir="2700000" algn="tl" rotWithShape="0">
                             <a:prstClr val="black">
                               <a:alpha val="40000"/>
                             </a:prstClr>
                           </a:outerShdw>
                         </a:effectLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00F15A52" w:rsidRDefault="00F15A52" w:rsidP="000C39D5">
+                          <w:p w14:paraId="6527FD7E" w14:textId="77777777" w:rsidR="00F15A52" w:rsidRDefault="00F15A52" w:rsidP="000C39D5">
                             <w:r w:rsidRPr="007B04EB">
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                               </w:rPr>
                               <w:t>1</w:t>
                             </w:r>
                             <w:r>
                               <w:t>.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="7E0A4E07" id="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:39pt;width:18.75pt;height:20.25pt;z-index:251717632;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAppNh9egIAAAEFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMtu2zAQvBfoPxC8N5IVu3aFyEGaNEWB&#10;9IEmRc8rkrKIUKRK0pbSr+9y5TjuAz0U1UHgiqvZndkhz87HzrCd8kE7W/HZSc6ZssJJbTcV/3J3&#10;/WLFWYhgJRhnVcUfVODn6+fPzoa+VIVrnZHKMwSxoRz6ircx9mWWBdGqDsKJ65XFzcb5DiKGfpNJ&#10;DwOidyYr8vxlNjgve++ECgG/Xk2bfE34TaNE/Ng0QUVmKo69RXp7etfpna3PoNx46Fst9m3AP3TR&#10;gbZY9AB1BRHY1uvfoDotvAuuiSfCdZlrGi0UcUA2s/wXNrct9Iq4oDihP8gU/h+s+LD75JmWFT/N&#10;55xZ6HBId2qMfosMiqTP0IcS0257TIzjazfinIlr6G+cuA/MussW7EZdeO+GVoHE/mbpz+zo1wkn&#10;JJB6eO8kloFtdAQ0Nr5L4qEcDNFxTg+H2WArTODH4nQ1KxacCdwqFsvZckEVoHz8ufchvlWuY2lR&#10;cY+jJ3DY3YSYmoHyMSXVCs5oea2NocBv6kvj2Q7QJtf07NF/SjOWDShUqv13iJyeP0F0OqLfje4q&#10;vjokQZlUe2MluTGCNtMaWzY2VVLkZOSRArdFiNtWDqw2W/8ZcHaLHME4kzoxR6GmAG1eLKciDMwG&#10;z2c0nHkXv+rYkreSygkyCXPgXxsQ95N0pm9hEmWecPaE9tkk6aEZio76pNmncU+Dj2M9ks1obMkX&#10;tZMPaAZshyaOdwguWue/czbgeax4+LYFrzgz7ywa6tVsPk8HmIL5Yllg4I936uMdsAKhkDBn0/Iy&#10;0qFPZK27QOM1mkzx1MnernjOiMr+TkgH+TimrKeba/0DAAD//wMAUEsDBBQABgAIAAAAIQABrAFz&#10;3QAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9RS8NAEITfBf/DsYIvYi9VYkPMpRRRBLFoU3/A&#10;JbfNheb2Qu6axn/v+qRPwzLDzLfFena9mHAMnScFy0UCAqnxpqNWwdf+5TYDEaImo3tPqOAbA6zL&#10;y4tC58afaYdTFVvBJRRyrcDGOORShsai02HhByT2Dn50OvI5ttKM+szlrpd3SfIgne6IF6we8Mli&#10;c6xOTsFuetu8fj7T+00dDmllm/hx3G+Vur6aN48gIs7xLwy/+IwOJTPV/kQmiF4BPxIVrDJWdu9X&#10;KYiaU8ssBVkW8j9++QMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAppNh9egIAAAEFAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQABrAFz3QAAAAYB&#10;AAAPAAAAAAAAAAAAAAAAANQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA3gUAAAAA&#10;" strokeweight=".25pt">
+              <v:shape w14:anchorId="71E09815" id="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:39pt;width:18.75pt;height:20.25pt;z-index:251717632;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB3t0uiZwIAANoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMtu2zAQvBfoPxC8N7IVu3aFyEGaNEWB&#10;9IGmRc8rkrKIUFyVpC0lX98lpTjuAz0U1YHgitTszuyszs6H1rC9cl6jLfn8ZMaZsgKlttuSf/1y&#10;/WLNmQ9gJRi0quT3yvPzzfNnZ31XqBwbNFI5RiDWF31X8iaErsgyLxrVgj/BTlk6rNG1ECh020w6&#10;6Am9NVk+m73MenSycyiU9/T2ajzkm4Rf10qEj3XtVWCm5FRbSKtLaxXXbHMGxdZB12gxlQH/UEUL&#10;2lLSA9QVBGA7p3+DarVw6LEOJwLbDOtaC5U4EJv57Bc2tw10KnEhcXx3kMn/P1jxYX/bfXIsDK9x&#10;oAYmEr67QXHnmcXLBuxWXTiHfaNAUuJ5lCzrO19Mn0apfeEjSNW/R0lNhl3ABDTUro2qEE9G6NSA&#10;+4PoaghM0Mv8dD3Pl5wJOsqXq/lqmTJA8fhx53x4q7BlcVNyRz1N4LC/8SEWA8XjlZjLo9HyWhuT&#10;AretLo1je6D+X6dnQv/pmrGsL/lpzP13iFl6/gTR6kBGNrot+fpwCYqo2hsrk80CaDPuqWRjYyaV&#10;LEo8YoA7grhtZM8qs3OfQZZ8OSMwzqSOzEmoMSD/5qsxCQOzpcELhjOH4ZsOTTJNVDlCRmEO/CsD&#10;4m6UznQNjKIsIs5EaLqdJD0Uk6KjOlPvY7vHxoehGpiOpUaQaIUK5T2ZgcpJHaefA20adA+c9TRo&#10;Jfffd+AUZ+adJUO9mi8WcTJTsFiucgrc8Ul1fAJWEBQR5mzcXoY0zZGsxQsyXq2TKZ4qmexKA5So&#10;TMMeJ/Q4TreefkmbHwAAAP//AwBQSwMEFAAGAAgAAAAhAAGsAXPdAAAABgEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj1FLw0AQhN8F/8Oxgi9iL1ViQ8ylFFEEsWhTf8Alt82F5vZC7prGf+/6pE/DMsPM&#10;t8V6dr2YcAydJwXLRQICqfGmo1bB1/7lNgMRoiaje0+o4BsDrMvLi0Lnxp9ph1MVW8ElFHKtwMY4&#10;5FKGxqLTYeEHJPYOfnQ68jm20oz6zOWul3dJ8iCd7ogXrB7wyWJzrE5OwW5627x+PtP7TR0OaWWb&#10;+HHcb5W6vpo3jyAizvEvDL/4jA4lM9X+RCaIXgE/EhWsMlZ271cpiJpTyywFWRbyP375AwAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHe3S6JnAgAA2gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAAGsAXPdAAAABgEAAA8AAAAAAAAAAAAAAAAAwQQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" strokeweight=".25pt">
                 <v:shadow on="t" color="black" opacity="26214f" origin="-.5,-.5" offset=".74836mm,.74836mm"/>
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00F15A52" w:rsidRDefault="00F15A52" w:rsidP="000C39D5">
+                    <w:p w14:paraId="6527FD7E" w14:textId="77777777" w:rsidR="00F15A52" w:rsidRDefault="00F15A52" w:rsidP="000C39D5">
                       <w:r w:rsidRPr="007B04EB">
                         <w:rPr>
                           <w:color w:val="FF0000"/>
                         </w:rPr>
                         <w:t>1</w:t>
                       </w:r>
                       <w:r>
                         <w:t>.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4A9BF568" wp14:editId="5C22756A">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="732F3321" wp14:editId="74C96807">
             <wp:extent cx="6645910" cy="3131185"/>
             <wp:effectExtent l="0" t="0" r="2540" b="0"/>
             <wp:docPr id="303" name="Bildobjekt 303"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId43"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6645910" cy="3131185"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC07C5" w:rsidRDefault="00EC07C5" w:rsidP="00EC07C5">
-[...4 lines deleted...]
-    <w:p w:rsidR="000C39D5" w:rsidRDefault="000C39D5" w:rsidP="00EC07C5">
+    <w:p w14:paraId="36B82FDE" w14:textId="77777777" w:rsidR="00EC07C5" w:rsidRDefault="00EC07C5" w:rsidP="00EC07C5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53112B7E" w14:textId="77777777" w:rsidR="000C39D5" w:rsidRDefault="000C39D5" w:rsidP="00EC07C5">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251694080" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="675FE532" wp14:editId="64E8AFD0">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251694080" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6DA8DC3C" wp14:editId="0215E834">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>center</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1602740</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="238125" cy="257175"/>
                 <wp:effectExtent l="38100" t="38100" r="123825" b="123825"/>
                 <wp:wrapNone/>
                 <wp:docPr id="42" name="Textruta 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="238125" cy="257175"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="3175">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:effectLst>
                           <a:outerShdw blurRad="50800" dist="38100" dir="2700000" algn="tl" rotWithShape="0">
                             <a:prstClr val="black">
                               <a:alpha val="40000"/>
                             </a:prstClr>
                           </a:outerShdw>
                         </a:effectLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00F15A52" w:rsidRDefault="00F15A52" w:rsidP="00EC07C5">
+                          <w:p w14:paraId="656D1539" w14:textId="77777777" w:rsidR="00F15A52" w:rsidRDefault="00F15A52" w:rsidP="00EC07C5">
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                               </w:rPr>
                               <w:t>8</w:t>
                             </w:r>
                             <w:r>
                               <w:t>.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="675FE532" id="_x0000_s1032" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:126.2pt;width:18.75pt;height:20.25pt;z-index:251694080;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD4+yO7ewIAAAAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X524SdMZcYouXYcB&#10;3QfWDjvTkhwLlUVPUmK3v36UnKbZB3YY5oMgWtQjH/mo5cXQGrZTzmu0JZ+eTDhTVqDUdlPyr3fX&#10;r8458wGsBINWlfxBeX6xevli2XeFyrFBI5VjBGJ90Xclb0LoiizzolEt+BPslKXDGl0LgUy3yaSD&#10;ntBbk+WTyVnWo5OdQ6G8p79X4yFfJfy6ViJ8qmuvAjMlp9xCWl1aq7hmqyUUGwddo8U+DfiHLFrQ&#10;loIeoK4gANs6/RtUq4VDj3U4EdhmWNdaqMSB2Ewnv7C5baBTiQsVx3eHMvn/Bys+7j47pmXJZzln&#10;Flrq0Z0agtsSgTyWp+98QV63HfmF4Q0O1OZE1Xc3KO49s7huwG7UpXPYNwokpTeNN7OjqyOOjyBV&#10;/wElhYFtwAQ01K6NtaNqMEKnNj0cWkOpMEE/89PzaT7nTNBRPl9MF/MUAYqny53z4Z3ClsVNyR11&#10;PoHD7saHmAwUTy4xlkej5bU2JhluU62NYzsglVynb4/+k5uxrC/5aYz9d4hJ+v4E0epAcje6Lfn5&#10;wQmKWLW3ViYxBtBm3FPKxsZIKgmZeEQDtwRx28ieVWbrvgC1bj4hMM6kjsypUKNBKs8XYxAGZkPj&#10;GQxnDsM3HZokrVjlCBkLc+BfGRD3Y+lM18BYlFnE2RPae6eSHpJJ1lGeqfex3WPjw1ANSWVnESTq&#10;okL5QGKgdFLH6QmhTYPukbOexrHk/vsWnOLMvLckqNfT2SzObzJm80VOhjs+qY5PwAqCIsKcjdt1&#10;SDMfyVq8JOHVOoniOZO9XGnMEpX9kxDn+NhOXs8P1+oHAAAA//8DAFBLAwQUAAYACAAAACEAnQRR&#10;Id8AAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXBB1CARoiFNVCISEQNCU&#10;D3DibRw1Xkexm4a/ZznBcWdGM2+L1ex6MeEYOk8KrhYJCKTGm45aBV/b58t7ECFqMrr3hAq+McCq&#10;PD0pdG78kTY4VbEVXEIh1wpsjEMuZWgsOh0WfkBib+dHpyOfYyvNqI9c7nqZJsmtdLojXrB6wEeL&#10;zb46OAWb6XX98vlEbxd12GWVbeLHfvuu1PnZvH4AEXGOf2H4xWd0KJmp9gcyQfQK+JGoIM3SGxBs&#10;X99lIGoWlukSZFnI//zlDwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD4+yO7ewIAAAAF&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCdBFEh3wAA&#10;AAcBAAAPAAAAAAAAAAAAAAAAANUEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA4QUA&#10;AAAA&#10;" strokeweight=".25pt">
+              <v:shape w14:anchorId="6DA8DC3C" id="_x0000_s1032" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:126.2pt;width:18.75pt;height:20.25pt;z-index:251694080;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBAaYljaAIAANoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMtu2zAQvBfoPxC8N7IVO3aFyEGaNEWB&#10;9IGmRc8rkrKIUFyVpC2lX98lpTjuAz0U1YHgitTszuyszi+G1rC9cl6jLfn8ZMaZsgKlttuSf/l8&#10;82LNmQ9gJRi0quQPyvOLzfNn531XqBwbNFI5RiDWF31X8iaErsgyLxrVgj/BTlk6rNG1ECh020w6&#10;6Am9NVk+m51lPTrZORTKe3p7PR7yTcKvayXCh7r2KjBTcqotpNWltYprtjmHYuuga7SYyoB/qKIF&#10;bSnpAeoaArCd079BtVo49FiHE4FthnWthUociM189gubuwY6lbiQOL47yOT/H6x4v7/rPjoWhlc4&#10;UAMTCd/dorj3zOJVA3arLp3DvlEgKfE8Spb1nS+mT6PUvvARpOrfoaQmwy5gAhpq10ZViCcjdGrA&#10;w0F0NQQm6GV+up7nS84EHeXL1Xy1TBmgePy4cz68UdiyuCm5o54mcNjf+hCLgeLxSszl0Wh5o41J&#10;gdtWV8axPVD/b9Izof90zVjWl/w05v47xCw9f4JodSAjG92WfH24BEVU7bWVyWYBtBn3VLKxMZNK&#10;FiUeMcAdQdw1smeV2blPIEu+nBEYZ1JH5iTUGJB/89WYhIHZ0uAFw5nD8FWHJpkmqhwhozAH/pUB&#10;cT9KZ7oGRlEWEWciNN1Okh6KSdFRnan3sd1j48NQDUxTqWcRJFqhQvlAZqByUsfp50CbBt13znoa&#10;tJL7bztwijPz1pKhXs4XiziZKVgsVzkF7vikOj4BKwiKCHM2bq9CmuZI1uIlGa/WyRRPlUx2pQFK&#10;VKZhjxN6HKdbT7+kzQ8AAAD//wMAUEsDBBQABgAIAAAAIQCdBFEh3wAAAAcBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/BTsMwEETvSPyDtUhcEHUIBGiIU1UIhIRA0JQPcOJtHDVeR7Gbhr9nOcFxZ0Yz&#10;b4vV7Hox4Rg6TwquFgkIpMabjloFX9vny3sQIWoyuveECr4xwKo8PSl0bvyRNjhVsRVcQiHXCmyM&#10;Qy5laCw6HRZ+QGJv50enI59jK82oj1zuepkmya10uiNesHrAR4vNvjo4BZvpdf3y+URvF3XYZZVt&#10;4sd++67U+dm8fgARcY5/YfjFZ3Qoman2BzJB9Ar4kaggzdIbEGxf32UgahaW6RJkWcj//OUPAAAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEBpiWNoAgAA2gQAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJ0EUSHfAAAABwEAAA8AAAAAAAAAAAAAAAAA&#10;wgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADOBQAAAAA=&#10;" strokeweight=".25pt">
                 <v:shadow on="t" color="black" opacity="26214f" origin="-.5,-.5" offset=".74836mm,.74836mm"/>
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00F15A52" w:rsidRDefault="00F15A52" w:rsidP="00EC07C5">
+                    <w:p w14:paraId="656D1539" w14:textId="77777777" w:rsidR="00F15A52" w:rsidRDefault="00F15A52" w:rsidP="00EC07C5">
                       <w:r>
                         <w:rPr>
                           <w:color w:val="FF0000"/>
                         </w:rPr>
                         <w:t>8</w:t>
                       </w:r>
                       <w:r>
                         <w:t>.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251693056" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="67749A53" wp14:editId="7F514D39">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251693056" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1D79D6DA" wp14:editId="6634395E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3105150</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>564515</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="238125" cy="257175"/>
                 <wp:effectExtent l="38100" t="38100" r="123825" b="123825"/>
                 <wp:wrapNone/>
                 <wp:docPr id="41" name="Textruta 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="238125" cy="257175"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="3175">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:effectLst>
                           <a:outerShdw blurRad="50800" dist="38100" dir="2700000" algn="tl" rotWithShape="0">
                             <a:prstClr val="black">
                               <a:alpha val="40000"/>
                             </a:prstClr>
                           </a:outerShdw>
                         </a:effectLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00F15A52" w:rsidRDefault="00F15A52" w:rsidP="00EC07C5">
+                          <w:p w14:paraId="7A1881A6" w14:textId="77777777" w:rsidR="00F15A52" w:rsidRDefault="00F15A52" w:rsidP="00EC07C5">
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                               </w:rPr>
                               <w:t>7</w:t>
                             </w:r>
                             <w:r>
                               <w:t>.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="67749A53" id="_x0000_s1033" type="#_x0000_t202" style="position:absolute;margin-left:244.5pt;margin-top:44.45pt;width:18.75pt;height:20.25pt;z-index:251693056;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBu/VgCegIAAAAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xx27yZIZdYquXYcB&#10;3QfWDjvTkhwLlUVPUmJ3v36UnKbZB3YY5oMgWtQjH/mos/OxM2ynnNdoK56fzDhTVqDUdlPxL3fX&#10;L1ac+QBWgkGrKv6gPD9fP392NvSlKrBFI5VjBGJ9OfQVb0PoyyzzolUd+BPslaXDBl0HgUy3yaSD&#10;gdA7kxWz2ctsQCd7h0J5T3+vpkO+TvhNo0T42DReBWYqTrmFtLq01nHN1mdQbhz0rRb7NOAfsuhA&#10;Wwp6gLqCAGzr9G9QnRYOPTbhRGCXYdNooRIHYpPPfmFz20KvEhcqju8PZfL/D1Z82H1yTMuKz3PO&#10;LHTUozs1BrclAkUsz9D7krxue/IL42scqc2Jqu9vUNx7ZvGyBbtRF87h0CqQlF4eb2ZHVyccH0Hq&#10;4T1KCgPbgAlobFwXa0fVYIRObXo4tIZSYYJ+FqervFhwJuioWCzz5SJFgPLxcu98eKuwY3FTcUed&#10;T+Cwu/EhJgPlo0uM5dFoea2NSYbb1JfGsR2QSq7Tt0f/yc1YNlT8NMb+O8QsfX+C6HQguRvdVXx1&#10;cIIyVu2NlUmMAbSZ9pSysTGSSkImHtHALUHctnJgtdm6z0CtW8wIjDOpI3Mq1GSQyovlFISB2dB4&#10;BsOZw/BVhzZJK1Y5QsbCHPjXBsT9VDrTtzAVZR5x9oT23qmkh2SSdZRn6n1s99T4MNZjUtkygkRd&#10;1CgfSAyUTuo4PSG0adF952ygcay4/7YFpzgz7ywJ6lU+n8f5TcZ8sSzIcMcn9fEJWEFQRJizaXsZ&#10;0sxHshYvSHiNTqJ4ymQvVxqzRGX/JMQ5PraT19PDtf4BAAD//wMAUEsDBBQABgAIAAAAIQD819QH&#10;4QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/RSsMwFIbvBd8hHMEbcallHW3XdAxRBHHouj1A&#10;2pw1Zc1JabKuvr3xSi8P5+P/v7/YzKZnE46usyTgaREBQ2qs6qgVcDy8PqbAnJekZG8JBXyjg015&#10;e1PIXNkr7XGqfMtCCLlcCtDeDznnrtFopFvYASn8TnY00odzbLka5TWEm57HUbTiRnYUGrQc8Flj&#10;c64uRsB+et++fb3Qx0PtTkmlG/95PuyEuL+bt2tgHmf/B8OvflCHMjjV9kLKsV7AMs3CFi8gTTNg&#10;AUjiVQKsDmScLYGXBf8/ofwBAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAbv1YAnoCAAAA&#10;BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA/NfUB+EA&#10;AAAKAQAADwAAAAAAAAAAAAAAAADUBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOIF&#10;AAAAAA==&#10;" strokeweight=".25pt">
+              <v:shape w14:anchorId="1D79D6DA" id="_x0000_s1033" type="#_x0000_t202" style="position:absolute;margin-left:244.5pt;margin-top:44.45pt;width:18.75pt;height:20.25pt;z-index:251693056;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCS3ueVaAIAANoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMtu2zAQvBfoPxC8N7IVu3aFyEGaNEWB&#10;9IGmRc8rkrKIUFyVpC0lX98lpTjuAz0U1YHgitTszuyszs6H1rC9cl6jLfn8ZMaZsgKlttuSf/1y&#10;/WLNmQ9gJRi0quT3yvPzzfNnZ31XqBwbNFI5RiDWF31X8iaErsgyLxrVgj/BTlk6rNG1ECh020w6&#10;6Am9NVk+m73MenSycyiU9/T2ajzkm4Rf10qEj3XtVWCm5FRbSKtLaxXXbHMGxdZB12gxlQH/UEUL&#10;2lLSA9QVBGA7p3+DarVw6LEOJwLbDOtaC5U4EJv57Bc2tw10KnEhcXx3kMn/P1jxYX/bfXIsDK9x&#10;oAYmEr67QXHnmcXLBuxWXTiHfaNAUuJ5lCzrO19Mn0apfeEjSNW/R0lNhl3ABDTUro2qEE9G6NSA&#10;+4PoaghM0Mv8dD3Pl5wJOsqXq/lqmTJA8fhx53x4q7BlcVNyRz1N4LC/8SEWA8XjlZjLo9HyWhuT&#10;AretLo1je6D+X6dnQv/pmrGsL/lpzP13iFl6/gTR6kBGNrot+fpwCYqo2hsrk80CaDPuqWRjYyaV&#10;LEo8YoA7grhtZM8qs3OfQZZ8OSMwzqSOzEmoMSD/5qsxCQOzpcELhjOH4ZsOTTJNVDlCRmEO/CsD&#10;4m6UznQNjKIsIs5EaLqdJD0Uk6KjOlPvY7vHxoehGpimUlcRJFqhQnlPZqByUsfp50CbBt0DZz0N&#10;Wsn99x04xZl5Z8lQr+aLRZzMFCyWq5wCd3xSHZ+AFQRFhDkbt5chTXMka/GCjFfrZIqnSia70gAl&#10;KtOwxwk9jtOtp1/S5gcAAAD//wMAUEsDBBQABgAIAAAAIQD819QH4QAAAAoBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/RSsMwFIbvBd8hHMEbcallHW3XdAxRBHHouj1A2pw1Zc1JabKuvr3xSi8P5+P/&#10;v7/YzKZnE46usyTgaREBQ2qs6qgVcDy8PqbAnJekZG8JBXyjg015e1PIXNkr7XGqfMtCCLlcCtDe&#10;DznnrtFopFvYASn8TnY00odzbLka5TWEm57HUbTiRnYUGrQc8Fljc64uRsB+et++fb3Qx0PtTkml&#10;G/95PuyEuL+bt2tgHmf/B8OvflCHMjjV9kLKsV7AMs3CFi8gTTNgAUjiVQKsDmScLYGXBf8/ofwB&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAkt7nlWgCAADaBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA/NfUB+EAAAAKAQAADwAAAAAAAAAAAAAA&#10;AADCBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANAFAAAAAA==&#10;" strokeweight=".25pt">
                 <v:shadow on="t" color="black" opacity="26214f" origin="-.5,-.5" offset=".74836mm,.74836mm"/>
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00F15A52" w:rsidRDefault="00F15A52" w:rsidP="00EC07C5">
+                    <w:p w14:paraId="7A1881A6" w14:textId="77777777" w:rsidR="00F15A52" w:rsidRDefault="00F15A52" w:rsidP="00EC07C5">
                       <w:r>
                         <w:rPr>
                           <w:color w:val="FF0000"/>
                         </w:rPr>
                         <w:t>7</w:t>
                       </w:r>
                       <w:r>
                         <w:t>.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6D0C7333" wp14:editId="11AC5029">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7C89C9A0" wp14:editId="4D08F057">
             <wp:extent cx="6645910" cy="1911350"/>
             <wp:effectExtent l="0" t="0" r="2540" b="0"/>
             <wp:docPr id="306" name="Bildobjekt 306"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId44"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6645910" cy="1911350"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C39D5" w:rsidRDefault="000C39D5" w:rsidP="00EC07C5">
-[...4 lines deleted...]
-    <w:p w:rsidR="005C45E2" w:rsidRDefault="009A77C0" w:rsidP="009A77C0">
+    <w:p w14:paraId="54BE646D" w14:textId="77777777" w:rsidR="000C39D5" w:rsidRDefault="000C39D5" w:rsidP="00EC07C5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="271F99C4" w14:textId="77777777" w:rsidR="005C45E2" w:rsidRDefault="009A77C0" w:rsidP="009A77C0">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:ind w:left="568"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="22" w:name="_Toc84930074"/>
+      <w:bookmarkStart w:id="21" w:name="_Toc84930074"/>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">10. </w:t>
       </w:r>
       <w:r w:rsidR="005C45E2">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Prognosmodell personalkostnader</w:t>
       </w:r>
       <w:r w:rsidR="004934A1">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> i Hypergene</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="22"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00A854B0" w:rsidRDefault="004934A1" w:rsidP="004934A1">
+      <w:bookmarkEnd w:id="21"/>
+    </w:p>
+    <w:p w14:paraId="025ACAD3" w14:textId="77777777" w:rsidR="00A854B0" w:rsidRDefault="004934A1" w:rsidP="004934A1">
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r>
-        <w:t>Universitetets nuvarande löneperioder för uppräkning av lön (</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> RALS) gäller oktober – september</w:t>
+        <w:t>Universitetets nuvarande löneperioder för uppräkning av lön (sk RALS) gäller oktober – september</w:t>
       </w:r>
       <w:r w:rsidRPr="00980521">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>. Budget</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> upprättas under hösten året innan budgetåret och månadslö</w:t>
       </w:r>
       <w:r w:rsidR="005153F1">
         <w:t>nen vi</w:t>
       </w:r>
       <w:r w:rsidR="00A21373">
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="005153F1">
         <w:t xml:space="preserve"> budgetering anges därför</w:t>
       </w:r>
       <w:r w:rsidR="00A854B0">
         <w:t xml:space="preserve"> i</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> värde per september innevarande år (året innan budgetåret). </w:t>
       </w:r>
       <w:r w:rsidR="00A21373">
         <w:t xml:space="preserve">I </w:t>
       </w:r>
       <w:r w:rsidR="005153F1">
         <w:t>Hypergene sker sedan en uppräkning av lönen för januari- december samt ytterligare påslag för oktober – december för nästkommande löneperiod.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004934A1" w:rsidRPr="00326676" w:rsidRDefault="004934A1" w:rsidP="004934A1">
+    <w:p w14:paraId="7023B33A" w14:textId="77777777" w:rsidR="004934A1" w:rsidRPr="00326676" w:rsidRDefault="004934A1" w:rsidP="004934A1">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Vid upprättande av </w:t>
       </w:r>
       <w:r w:rsidRPr="00980521">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">prognos </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">är </w:t>
       </w:r>
       <w:r w:rsidRPr="005153F1">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>indata</w:t>
       </w:r>
       <w:r>
@@ -12112,1040 +11575,1358 @@
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="005153F1">
         <w:t xml:space="preserve"> Uppräkningen görs med den generella </w:t>
       </w:r>
       <w:r w:rsidR="00A21373">
         <w:t>löneökning</w:t>
       </w:r>
       <w:r w:rsidR="005153F1">
         <w:t>sprocenten för perioden.</w:t>
       </w:r>
       <w:r w:rsidR="005153F1" w:rsidRPr="005153F1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005153F1">
         <w:t xml:space="preserve"> I Hypergene sker därefter ytterligare uppräkning av månadslönen med prognostiserad procent för kvartal 4. Löneuppräkning fr o m januari sätts till 0% och därmed kan, vid behov, korrekt månadslön per person läggas in fr o m januari som ersättning för schablonuppräknad </w:t>
       </w:r>
       <w:r w:rsidR="005153F1" w:rsidRPr="00326676">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
         <w:t>månadslön.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00326676" w:rsidRPr="00326676" w:rsidRDefault="00326676" w:rsidP="00326676">
+    <w:p w14:paraId="249FA937" w14:textId="77777777" w:rsidR="00326676" w:rsidRPr="00326676" w:rsidRDefault="00326676" w:rsidP="00326676">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">I prognos upprättas personalbudget därefter på samma sätt som i budget. För </w:t>
       </w:r>
       <w:r w:rsidRPr="00326676">
         <w:t xml:space="preserve">tillkommande nyanställda i prognos anges </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">månadslönen </w:t>
       </w:r>
       <w:r w:rsidRPr="00326676">
         <w:t xml:space="preserve">i </w:t>
       </w:r>
       <w:r>
         <w:t>aktuell</w:t>
       </w:r>
       <w:r w:rsidRPr="00326676">
         <w:t xml:space="preserve"> lönenivå.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00326676">
         <w:t xml:space="preserve">För eventuell slutjustering av löner per </w:t>
       </w:r>
       <w:r w:rsidR="00695011">
         <w:t>projekt</w:t>
       </w:r>
       <w:r w:rsidR="00A21373">
-        <w:t xml:space="preserve">, verksamhet eller </w:t>
-[...3 lines deleted...]
-        <w:t>org</w:t>
+        <w:t>, verksamhet eller org</w:t>
       </w:r>
       <w:r w:rsidRPr="00326676">
-        <w:t>enhet</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> görs slutjustering på en nyanställning med </w:t>
+        <w:t xml:space="preserve">enhet görs slutjustering på en nyanställning med </w:t>
       </w:r>
       <w:r>
         <w:t>aktuell</w:t>
       </w:r>
       <w:r w:rsidRPr="00326676">
         <w:t xml:space="preserve"> lönenivå.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005464F2" w:rsidRPr="00CB1419" w:rsidRDefault="005464F2" w:rsidP="005464F2">
+    <w:p w14:paraId="1C2B782D" w14:textId="7D6478E0" w:rsidR="005464F2" w:rsidRPr="00CB1419" w:rsidRDefault="005464F2" w:rsidP="005464F2">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB1419">
-        <w:t xml:space="preserve">Observera att budget eller föregående prognos kan ha gjorts på ämnen eller projekt som sedan avslutats och spärrats i redovisningssystemet </w:t>
-[...2 lines deleted...]
-        <w:t>UBW</w:t>
+        <w:t xml:space="preserve">Observera att budget eller föregående prognos kan ha gjorts på ämnen eller projekt som sedan avslutats och spärrats i </w:t>
+      </w:r>
+      <w:r w:rsidR="00C02A1A">
+        <w:t>ekonomi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB1419">
+        <w:t xml:space="preserve">systemet </w:t>
+      </w:r>
+      <w:r w:rsidR="00C02A1A">
+        <w:t>ERP</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB1419">
         <w:t>. Då indata till prognos är aktuell budget eller senaste prognos kan indata därmed ligga på ämnen eller projekt som spärrats</w:t>
       </w:r>
       <w:r w:rsidR="00824C8F" w:rsidRPr="00CB1419">
         <w:t xml:space="preserve"> i </w:t>
       </w:r>
-      <w:r w:rsidR="00695011">
-        <w:t>UBW</w:t>
+      <w:r w:rsidR="00C02A1A">
+        <w:t>ERP</w:t>
       </w:r>
       <w:r w:rsidR="00824C8F" w:rsidRPr="00CB1419">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00326676" w:rsidRDefault="00326676" w:rsidP="004934A1">
+    <w:p w14:paraId="4AAE1DFB" w14:textId="77777777" w:rsidR="00326676" w:rsidRDefault="00326676" w:rsidP="004934A1">
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004934A1" w:rsidRDefault="009A77C0" w:rsidP="00906393">
+    <w:p w14:paraId="14C0F28A" w14:textId="77777777" w:rsidR="004934A1" w:rsidRDefault="009A77C0" w:rsidP="00906393">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:ind w:left="568"/>
       </w:pPr>
-      <w:bookmarkStart w:id="23" w:name="_Toc84930075"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc84930075"/>
       <w:r w:rsidRPr="009A77C0">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>11. Rapport - Budget och prognos</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="005C45E2" w:rsidRDefault="00A21373" w:rsidP="009C5AA7">
+      <w:bookmarkEnd w:id="22"/>
+    </w:p>
+    <w:p w14:paraId="49254F21" w14:textId="77777777" w:rsidR="005C45E2" w:rsidRDefault="00A21373" w:rsidP="009C5AA7">
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r>
         <w:t>När budget- eller prognos</w:t>
       </w:r>
       <w:r w:rsidR="009C5AA7">
         <w:t xml:space="preserve"> är klar och godkänd på alla nivåer stängs processen i Hypergene och de uppgifter som tidigare varit tillgängliga i fliken ”Mina klarmarkerade uppgifter” försvinner.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C5AA7" w:rsidRDefault="009C5AA7" w:rsidP="009C5AA7">
+    <w:p w14:paraId="37598B44" w14:textId="77777777" w:rsidR="009C5AA7" w:rsidRDefault="009C5AA7" w:rsidP="009C5AA7">
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r>
         <w:t>För att få information om hur man budgeterat avdelningens</w:t>
       </w:r>
       <w:r w:rsidR="00695011">
         <w:t>/institutionens</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> personal med avseende på anställda, lön, omfattning, frånvaro samt kontering mm på samma sätt som i budgetuppgiften används rapporten ”Budget – Personal </w:t>
-[...15 lines deleted...]
-        <w:t>)”</w:t>
+        <w:t xml:space="preserve"> personal med avseende på anställda, lön, omfattning, frånvaro samt kontering mm på samma sätt som i budgetuppgiften används rapporten ”Budget – Personal grp (readOnly)”</w:t>
       </w:r>
       <w:r w:rsidR="00906393">
         <w:t xml:space="preserve"> i fliken ”Budget och Prognos”</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00830EC1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C5AA7" w:rsidRDefault="00E603C9" w:rsidP="009C5AA7">
+    <w:p w14:paraId="01408739" w14:textId="77777777" w:rsidR="009C5AA7" w:rsidRDefault="00E603C9" w:rsidP="009C5AA7">
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="236DCD37" wp14:editId="4CBB6FD5">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6AF92520" wp14:editId="73122F90">
             <wp:extent cx="4638675" cy="476250"/>
             <wp:effectExtent l="0" t="0" r="9525" b="0"/>
             <wp:docPr id="289" name="Bildobjekt 289"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId45"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4638675" cy="476250"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00830EC1" w:rsidRDefault="00830EC1" w:rsidP="009C5AA7">
+    <w:p w14:paraId="23904F2E" w14:textId="77777777" w:rsidR="00830EC1" w:rsidRDefault="00830EC1" w:rsidP="009C5AA7">
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r>
         <w:t>Där finns två val av rapporter.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00830EC1" w:rsidRDefault="00830EC1" w:rsidP="009C5AA7">
+    <w:p w14:paraId="723A5766" w14:textId="77777777" w:rsidR="00830EC1" w:rsidRDefault="00830EC1" w:rsidP="009C5AA7">
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1BB799BB" wp14:editId="6D915C7E">
             <wp:extent cx="2781300" cy="1085850"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="21" name="Bildobjekt 21" descr="cid:image007.png@01D7BF56.0D0E90B0"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Bildobjekt 3" descr="cid:image007.png@01D7BF56.0D0E90B0"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId46" r:link="rId47">
+                    <a:blip r:embed="rId46" r:link="rId47" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2781300" cy="1085850"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C5AA7" w:rsidRDefault="00906393" w:rsidP="009C5AA7">
+    <w:p w14:paraId="4337D888" w14:textId="77777777" w:rsidR="009C5AA7" w:rsidRDefault="00906393" w:rsidP="009C5AA7">
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r>
         <w:t>Val kan göras av år, budget/</w:t>
       </w:r>
       <w:r w:rsidR="00695011">
         <w:t>prognostyp, verksamhet, projek</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">t samt </w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="009C5AA7" w:rsidRDefault="00E603C9" w:rsidP="009C5AA7">
+        <w:t>t samt orgenhet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="507AAE00" w14:textId="77777777" w:rsidR="009C5AA7" w:rsidRDefault="00E603C9" w:rsidP="009C5AA7">
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="541189D1" wp14:editId="4A0C6BDA">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7C964B80" wp14:editId="2CDB65E9">
             <wp:extent cx="6645910" cy="3346450"/>
             <wp:effectExtent l="0" t="0" r="2540" b="6350"/>
             <wp:docPr id="291" name="Bildobjekt 291"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId48"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6645910" cy="3346450"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C5AA7" w:rsidRDefault="009C5AA7" w:rsidP="009C5AA7">
+    <w:p w14:paraId="0D72129D" w14:textId="77777777" w:rsidR="009C5AA7" w:rsidRDefault="009C5AA7" w:rsidP="009C5AA7">
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00830EC1" w:rsidRDefault="00830EC1" w:rsidP="00830EC1">
+    <w:p w14:paraId="6C40D7FD" w14:textId="77777777" w:rsidR="00830EC1" w:rsidRDefault="00830EC1" w:rsidP="00830EC1">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:ind w:left="568"/>
       </w:pPr>
-      <w:bookmarkStart w:id="24" w:name="_Toc84930076"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc84930076"/>
       <w:r w:rsidRPr="009A77C0">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="009A77C0">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Uppföljning utfall anställd mot budget/prognos</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00830EC1" w:rsidRDefault="00830EC1" w:rsidP="00830EC1">
+      <w:bookmarkEnd w:id="23"/>
+    </w:p>
+    <w:p w14:paraId="0EAB05A4" w14:textId="77777777" w:rsidR="00830EC1" w:rsidRDefault="00830EC1" w:rsidP="00830EC1">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Från och med oktober </w:t>
       </w:r>
       <w:r w:rsidR="00B17A67">
         <w:t xml:space="preserve">2021 </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">kan uppföljning göras av budgeterade löner per anställd mot utfall. Möjligheten finns för utfall fr o m 2019 samt för rapporterna under </w:t>
       </w:r>
       <w:r w:rsidRPr="00830EC1">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>”EKONOMI”</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> och </w:t>
       </w:r>
       <w:r w:rsidRPr="00830EC1">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>”Resultaträkning”</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> samt </w:t>
       </w:r>
       <w:r w:rsidRPr="00830EC1">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">”Resultaträkning </w:t>
-[...16 lines deleted...]
-    <w:p w:rsidR="00830EC1" w:rsidRDefault="00830EC1" w:rsidP="00830EC1">
+        <w:t>”Resultaträkning flerval”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52041A73" w14:textId="77777777" w:rsidR="00830EC1" w:rsidRDefault="00830EC1" w:rsidP="00830EC1">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B17A67">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">Klicka på raden personalkostnader, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Klicka på raden personalkostnader, lön+LKP</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> samt sedan på </w:t>
+      </w:r>
       <w:r w:rsidRPr="00B17A67">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>lön+LKP</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t>fliken anställd</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> enligt bild nedan.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00830EC1" w:rsidRDefault="00830EC1" w:rsidP="00830EC1">
+    <w:p w14:paraId="02779EA0" w14:textId="77777777" w:rsidR="00830EC1" w:rsidRDefault="00830EC1" w:rsidP="00830EC1">
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="77E17196" wp14:editId="1ECF6E72">
             <wp:extent cx="6518097" cy="2336800"/>
             <wp:effectExtent l="0" t="0" r="0" b="6350"/>
             <wp:docPr id="24" name="Bildobjekt 24" descr="cid:image002.jpg@01D7BF58.142475C0"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Bildobjekt 1" descr="cid:image002.jpg@01D7BF58.142475C0"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId49" r:link="rId50">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6524432" cy="2339071"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00830EC1" w:rsidRDefault="00830EC1" w:rsidP="00830EC1">
+    <w:p w14:paraId="420D025E" w14:textId="77777777" w:rsidR="00830EC1" w:rsidRDefault="00830EC1" w:rsidP="00830EC1">
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00830EC1">
-        <w:t xml:space="preserve">I </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> visar default namnen grupperade per bokstav</w:t>
+        <w:t>I anställlningsfliken visar default namnen grupperade per bokstav</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00830EC1" w:rsidRDefault="00830EC1" w:rsidP="00830EC1">
+    <w:p w14:paraId="0820AA5E" w14:textId="77777777" w:rsidR="00830EC1" w:rsidRDefault="00830EC1" w:rsidP="00830EC1">
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00830EC1">
         <w:t xml:space="preserve">Klicka på </w:t>
       </w:r>
       <w:r w:rsidRPr="00830EC1">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">”Visa resurs” </w:t>
       </w:r>
       <w:r w:rsidRPr="00830EC1">
         <w:t>kommer samtliga namn fram alt klicka på pilen under en bokstav för val av endast person inom den grupperingen</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00830EC1" w:rsidRDefault="00830EC1" w:rsidP="00830EC1">
+    <w:p w14:paraId="683496F0" w14:textId="77777777" w:rsidR="00830EC1" w:rsidRDefault="00830EC1" w:rsidP="00830EC1">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="16CCD512" wp14:editId="4B16DC38">
             <wp:extent cx="6369050" cy="2578100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="29" name="Bildobjekt 29" descr="cid:image004.jpg@01D7BF58.142475C0"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Bildobjekt 2" descr="cid:image004.jpg@01D7BF58.142475C0"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId51" r:link="rId52">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6369050" cy="2578100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00830EC1" w:rsidRPr="00830EC1" w:rsidRDefault="00830EC1" w:rsidP="00830EC1">
+    <w:p w14:paraId="448F5745" w14:textId="77777777" w:rsidR="00830EC1" w:rsidRPr="00830EC1" w:rsidRDefault="00830EC1" w:rsidP="00830EC1">
       <w:r w:rsidRPr="00830EC1">
         <w:t xml:space="preserve">Nyanställda grupperas för samtliga under </w:t>
       </w:r>
       <w:r w:rsidRPr="00830EC1">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>BUDGET OCH PROGNOS</w:t>
       </w:r>
       <w:r w:rsidRPr="00830EC1">
         <w:t xml:space="preserve"> -valet och rapporten ”Personaluppgifter med kommentar”</w:t>
       </w:r>
       <w:r>
         <w:t>. Där s</w:t>
       </w:r>
       <w:r w:rsidRPr="00830EC1">
-        <w:t xml:space="preserve">er ni vilka nyanställda som budgeterats och ingår i gruppen </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> kommentar</w:t>
+        <w:t>er ni vilka nyanställda som budgeterats och ingår i gruppen Inkl kommentar</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00830EC1">
         <w:t>De</w:t>
       </w:r>
       <w:r>
         <w:t>ssa</w:t>
       </w:r>
       <w:r w:rsidRPr="00830EC1">
         <w:t xml:space="preserve"> motsvaras ju i utfall av ny</w:t>
       </w:r>
       <w:r>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00830EC1">
         <w:t xml:space="preserve"> anställd</w:t>
       </w:r>
       <w:r>
         <w:t>a.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00830EC1" w:rsidRDefault="00830EC1" w:rsidP="00830EC1">
+    <w:p w14:paraId="4A13C2FD" w14:textId="77777777" w:rsidR="00830EC1" w:rsidRDefault="00830EC1" w:rsidP="00830EC1">
       <w:r>
         <w:t>Från val av anställd kan sedan fliken resultaträkning, verksamhet, projekt, transaktioner (utfall) etc.  väljas som vanligt.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00830EC1" w:rsidRDefault="00830EC1" w:rsidP="00830EC1">
+    <w:p w14:paraId="732C4457" w14:textId="77777777" w:rsidR="00830EC1" w:rsidRDefault="00830EC1" w:rsidP="00830EC1">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="209524E7" wp14:editId="76877956">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="470B3187" wp14:editId="1377D213">
             <wp:extent cx="6645910" cy="394335"/>
             <wp:effectExtent l="0" t="0" r="2540" b="5715"/>
             <wp:docPr id="40" name="Bildobjekt 40"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId53"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6645910" cy="394335"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00830EC1" w:rsidRDefault="00830EC1" w:rsidP="00830EC1">
+    <w:p w14:paraId="0446B50C" w14:textId="77777777" w:rsidR="00830EC1" w:rsidRDefault="00830EC1" w:rsidP="00830EC1">
       <w:r>
         <w:t xml:space="preserve"> I valet transaktionsflik kan som vanligt gruppering av poster ske via kugghjulet och filtrering ske.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F707ED" w:rsidRPr="00F707ED" w:rsidRDefault="00F707ED" w:rsidP="00830EC1">
+    <w:p w14:paraId="279C2F27" w14:textId="77777777" w:rsidR="00F707ED" w:rsidRPr="00F707ED" w:rsidRDefault="00F707ED" w:rsidP="00830EC1">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F707ED">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">Observera att man ska stå på resultaträkningsraden för personalkostnader </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Observera att man ska stå på resultaträkningsraden för personalkostnader änr fliken anställd öppnas. Står man på t ex totala kostnader eller verksamhetsutfall presenteras alla personal men alla övriga kostnader eller intäkter summeras under</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F707ED">
         <w:rPr>
+          <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t>änr</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> saknas</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F707ED">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve"> fliken anställd öppnas. Står man på t ex totala kostnader eller verksamhetsutfall presenteras alla personal men alla övriga kostnader eller intäkter summeras under</w:t>
-[...11 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00830EC1" w:rsidRDefault="00830EC1" w:rsidP="00830EC1">
+    <w:p w14:paraId="2DC9C1F0" w14:textId="77777777" w:rsidR="00830EC1" w:rsidRDefault="00830EC1" w:rsidP="00830EC1">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="76C2E80F" wp14:editId="592B332C">
             <wp:extent cx="3676650" cy="2897526"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="38" name="Bildobjekt 38" descr="cid:image008.png@01D7BF56.6BB3B0F0"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Bildobjekt 4" descr="cid:image008.png@01D7BF56.6BB3B0F0"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId54" r:link="rId55">
+                    <a:blip r:embed="rId54" r:link="rId55" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3683469" cy="2902900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00830EC1" w:rsidSect="002B2A5F">
-      <w:footerReference w:type="default" r:id="rId56"/>
+      <w:headerReference w:type="even" r:id="rId56"/>
+      <w:headerReference w:type="default" r:id="rId57"/>
+      <w:footerReference w:type="default" r:id="rId58"/>
+      <w:headerReference w:type="first" r:id="rId59"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00F15A52" w:rsidRDefault="00F15A52" w:rsidP="006D02A4">
+    <w:p w14:paraId="205D6EB1" w14:textId="77777777" w:rsidR="00F15A52" w:rsidRDefault="00F15A52" w:rsidP="006D02A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00F15A52" w:rsidRDefault="00F15A52" w:rsidP="006D02A4">
+    <w:p w14:paraId="433D8244" w14:textId="77777777" w:rsidR="00F15A52" w:rsidRDefault="00F15A52" w:rsidP="006D02A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="+mn-ea">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="+mn-cs">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="4625001"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="00F15A52" w:rsidRDefault="00F15A52">
+      <w:p w14:paraId="0E169322" w14:textId="77777777" w:rsidR="00F15A52" w:rsidRDefault="00F15A52">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00695011">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>21</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00F15A52" w:rsidRDefault="00F15A52">
+  <w:p w14:paraId="1317281E" w14:textId="77777777" w:rsidR="00F15A52" w:rsidRDefault="00F15A52">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00F15A52" w:rsidRDefault="00F15A52" w:rsidP="006D02A4">
+    <w:p w14:paraId="6D5D1A61" w14:textId="77777777" w:rsidR="00F15A52" w:rsidRDefault="00F15A52" w:rsidP="006D02A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00F15A52" w:rsidRDefault="00F15A52" w:rsidP="006D02A4">
+    <w:p w14:paraId="0719B9E8" w14:textId="77777777" w:rsidR="00F15A52" w:rsidRDefault="00F15A52" w:rsidP="006D02A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4D106031" w14:textId="373E823C" w:rsidR="00C02A1A" w:rsidRDefault="00C02A1A">
+    <w:pPr>
+      <w:pStyle w:val="Sidhuvud"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7416FE27" wp14:editId="0698E89A">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>left</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="1205865" cy="357505"/>
+              <wp:effectExtent l="0" t="0" r="13335" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1188123508" name="Textruta 2" descr="Begränsad delning">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="1205865" cy="357505"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="744536CE" w14:textId="1E54619E" w:rsidR="00C02A1A" w:rsidRPr="00C02A1A" w:rsidRDefault="00C02A1A" w:rsidP="00C02A1A">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00C02A1A">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>Begränsad delning</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="7416FE27" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="_x0000_s1034" type="#_x0000_t202" alt="Begränsad delning" style="position:absolute;margin-left:0;margin-top:0;width:94.95pt;height:28.15pt;z-index:251659264;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCY8riZEQIAACIEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+xkc9cZcYqsRYYB&#10;RVsgHXpWZDk2IImCxMTOfv0oOR9dt9Owi0yKND/ee5rfDEazvfKhA1vx6STnTFkJdWe3Ff/xvPpw&#10;zVlAYWuhwaqKH1TgN4v37+a9K9UMWtC18oyK2FD2ruItoiuzLMhWGREm4JSlYAPeCCTXb7Pai56q&#10;G53N8vwq68HXzoNUIdDt3Rjki1S/aZTEx6YJCpmuOM2G6fTp3MQzW8xFufXCtZ08jiH+YQojOktN&#10;z6XuBAq2890fpUwnPQRocCLBZNA0nVRpB9pmmr/ZZt0Kp9IuBE5wZ5jC/ysrH/Zr9+QZDl9hIAIj&#10;IL0LZaDLuM/QeBO/NCmjOEF4OMOmBmQy/jTLi+urgjNJsY/F5yIvYpns8rfzAb8pMCwaFfdES0JL&#10;7O8DjqmnlNjMwqrTOlGj7W8XVDPeZJcRo4XDZmBd/Wr8DdQH2srDSHhwctVR63sR8El4YpgWIdXi&#10;Ix2Nhr7icLQ4a8H//Nt9zCfgKcpZT4qpuCVJc6a/WyJkVnzK86iw5E2/5EX0fPLI2JwMuzO3QGKc&#10;0rtwMpkxD/XJbDyYFxL1MnajkLCSelYcT+YtjvqlRyHVcpmSSExO4L1dOxlLR8wioM/Di/DuiDoS&#10;Xw9w0pQo34A/5sY/g1vukChIzER8RzSPsJMQE7fHRxOV/tpPWZenvfgFAAD//wMAUEsDBBQABgAI&#10;AAAAIQDVaj3G2wAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9bS8NAEIXfBf/DMoJvduOlpY3Z&#10;FBEEBUuxFn2dZicXzM6G7KSJ/96tL/oycDiHc77J1pNr1ZH60Hg2cD1LQBEX3jZcGdi/P10tQQVB&#10;tth6JgPfFGCdn59lmFo/8hsdd1KpWMIhRQO1SJdqHYqaHIaZ74ijV/reoUTZV9r2OMZy1+qbJFlo&#10;hw3HhRo7eqyp+NoNzsDzXfiUoSznYfO6GZOX0e2H7YcxlxfTwz0ooUn+wnDCj+iQR6aDH9gG1RqI&#10;j8jvPXnL1QrUwcB8cQs6z/R/+PwHAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAmPK4mREC&#10;AAAiBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA1Wo9&#10;xtsAAAAEAQAADwAAAAAAAAAAAAAAAABrBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AHMFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:fill o:detectmouseclick="t"/>
+              <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="744536CE" w14:textId="1E54619E" w:rsidR="00C02A1A" w:rsidRPr="00C02A1A" w:rsidRDefault="00C02A1A" w:rsidP="00C02A1A">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00C02A1A">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>Begränsad delning</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="29967116" w14:textId="712036C7" w:rsidR="00C02A1A" w:rsidRDefault="00C02A1A">
+    <w:pPr>
+      <w:pStyle w:val="Sidhuvud"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7BE26092" wp14:editId="3C9271F9">
+              <wp:simplePos x="457200" y="448574"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>left</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="1205865" cy="357505"/>
+              <wp:effectExtent l="0" t="0" r="13335" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="552116423" name="Textruta 3" descr="Begränsad delning">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="1205865" cy="357505"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="7EBD91B2" w14:textId="498B5BAA" w:rsidR="00C02A1A" w:rsidRPr="00C02A1A" w:rsidRDefault="00C02A1A" w:rsidP="00C02A1A">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00C02A1A">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>Begränsad delning</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="7BE26092" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Textruta 3" o:spid="_x0000_s1035" type="#_x0000_t202" alt="Begränsad delning" style="position:absolute;margin-left:0;margin-top:0;width:94.95pt;height:28.15pt;z-index:251660288;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDJZEvbEwIAACIEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+xkc9cZcYqsRYYB&#10;QVsgLXpWZCk2IImCpMTOfv0oOU66rqdhF5kUaX689zS/6bUiB+F8C6ai00lOiTAc6tbsKvr8tPp0&#10;TYkPzNRMgREVPQpPbxYfP8w7W4oZNKBq4QgWMb7sbEWbEGyZZZ43QjM/ASsMBiU4zQK6bpfVjnVY&#10;XatsludXWQeutg648B5v74YgXaT6UgoeHqT0IhBVUZwtpNOlcxvPbDFn5c4x27T8NAb7hyk0aw02&#10;PZe6Y4GRvWv/KqVb7sCDDBMOOgMpWy7SDrjNNH+zzaZhVqRdEBxvzzD5/1eW3x829tGR0H+HHgmM&#10;gHTWlx4v4z69dDp+cVKCcYTweIZN9IHw+NMsL66vCko4xj4XX4u8iGWyy9/W+fBDgCbRqKhDWhJa&#10;7LD2YUgdU2IzA6tWqUSNMn9cYM14k11GjFbotz1p64rOxvG3UB9xKwcD4d7yVYut18yHR+aQYVwE&#10;VRse8JAKuorCyaKkAffrvfuYj8BjlJIOFVNRg5KmRP00SMis+JLnUWHJm37Li+i55KGxHQ2z17eA&#10;Ypziu7A8mTEvqNGUDvQLinoZu2GIGY49KxpG8zYM+sVHwcVymZJQTJaFtdlYHktHzCKgT/0Lc/aE&#10;ekC+7mHUFCvfgD/kxj+9Xe4DUpCYifgOaJ5gRyEmbk+PJir9tZ+yLk978RsAAP//AwBQSwMEFAAG&#10;AAgAAAAhANVqPcbbAAAABAEAAA8AAABkcnMvZG93bnJldi54bWxMj1tLw0AQhd8F/8Mygm9246Wl&#10;jdkUEQQFS7EWfZ1mJxfMzobspIn/3q0v+jJwOIdzvsnWk2vVkfrQeDZwPUtAERfeNlwZ2L8/XS1B&#10;BUG22HomA98UYJ2fn2WYWj/yGx13UqlYwiFFA7VIl2odipochpnviKNX+t6hRNlX2vY4xnLX6psk&#10;WWiHDceFGjt6rKn42g3OwPNd+JShLOdh87oZk5fR7YfthzGXF9PDPSihSf7CcMKP6JBHpoMf2AbV&#10;GoiPyO89ecvVCtTBwHxxCzrP9H/4/AcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDJZEvb&#10;EwIAACIEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDV&#10;aj3G2wAAAAQBAAAPAAAAAAAAAAAAAAAAAG0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAdQUAAAAA&#10;" filled="f" stroked="f">
+              <v:fill o:detectmouseclick="t"/>
+              <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="7EBD91B2" w14:textId="498B5BAA" w:rsidR="00C02A1A" w:rsidRPr="00C02A1A" w:rsidRDefault="00C02A1A" w:rsidP="00C02A1A">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00C02A1A">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>Begränsad delning</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0F162D08" w14:textId="1C9A43E9" w:rsidR="00C02A1A" w:rsidRDefault="00C02A1A">
+    <w:pPr>
+      <w:pStyle w:val="Sidhuvud"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="652C13FD" wp14:editId="27C8C2FD">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>left</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="1205865" cy="357505"/>
+              <wp:effectExtent l="0" t="0" r="13335" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1874118615" name="Textruta 1" descr="Begränsad delning">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="1205865" cy="357505"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="72E750BE" w14:textId="2F118209" w:rsidR="00C02A1A" w:rsidRPr="00C02A1A" w:rsidRDefault="00C02A1A" w:rsidP="00C02A1A">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00C02A1A">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>Begränsad delning</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="652C13FD" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Textruta 1" o:spid="_x0000_s1036" type="#_x0000_t202" alt="Begränsad delning" style="position:absolute;margin-left:0;margin-top:0;width:94.95pt;height:28.15pt;z-index:251658240;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA2iq6TDgIAABsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1tv2yAUfp+0/4B4X+xkc9dZcaqsVaZJ&#10;UVsprfpMMMSWgIOAxM5+/Q7YSbquT9Ne4Nw4l+98zG96rchBON+Cqeh0klMiDIe6NbuKPj+tPl1T&#10;4gMzNVNgREWPwtObxccP886WYgYNqFo4gkmMLztb0SYEW2aZ543QzE/ACoNOCU6zgKrbZbVjHWbX&#10;Kpvl+VXWgautAy68R+vd4KSLlF9KwcODlF4EoiqKvYV0unRu45kt5qzcOWablo9tsH/oQrPWYNFz&#10;qjsWGNm79q9UuuUOPMgw4aAzkLLlIs2A00zzN9NsGmZFmgXB8fYMk/9/afn9YWMfHQn9d+hxgRGQ&#10;zvrSozHO00un442dEvQjhMczbKIPhMdHs7y4vioo4ej7XHwt8iKmyS6vrfPhhwBNolBRh2tJaLHD&#10;2och9BQSixlYtUql1SjzhwFzRkt2aTFKod/2Y99bqI84joNh097yVYs118yHR+ZwtTgB0jU84CEV&#10;dBWFUaKkAffrPXuMR8TRS0mHVKmoQS5Ton4a3MSs+JLnkVpJm37Li6i5pKGwPQlmr28BWTjFD2F5&#10;EmNcUCdROtAvyOZlrIYuZjjWrGg4ibdhIC7+Bi6WyxSELLIsrM3G8pg6ghWRfOpfmLMj3AEXdQ8n&#10;MrHyDepDbHzp7XIfEPu0kgjsgOaINzIwLXX8LZHir/UUdfnTi98AAAD//wMAUEsDBBQABgAIAAAA&#10;IQDVaj3G2wAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9bS8NAEIXfBf/DMoJvduOlpY3ZFBEE&#10;BUuxFn2dZicXzM6G7KSJ/96tL/oycDiHc77J1pNr1ZH60Hg2cD1LQBEX3jZcGdi/P10tQQVBtth6&#10;JgPfFGCdn59lmFo/8hsdd1KpWMIhRQO1SJdqHYqaHIaZ74ijV/reoUTZV9r2OMZy1+qbJFlohw3H&#10;hRo7eqyp+NoNzsDzXfiUoSznYfO6GZOX0e2H7YcxlxfTwz0ooUn+wnDCj+iQR6aDH9gG1RqIj8jv&#10;PXnL1QrUwcB8cQs6z/R/+PwHAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEANoqukw4CAAAb&#10;BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA1Wo9xtsA&#10;AAAEAQAADwAAAAAAAAAAAAAAAABoBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHAF&#10;AAAAAA==&#10;" filled="f" stroked="f">
+              <v:fill o:detectmouseclick="t"/>
+              <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="72E750BE" w14:textId="2F118209" w:rsidR="00C02A1A" w:rsidRPr="00C02A1A" w:rsidRDefault="00C02A1A" w:rsidP="00C02A1A">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00C02A1A">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>Begränsad delning</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01427717"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8FAC301A"/>
     <w:lvl w:ilvl="0" w:tplc="C98C956A">
       <w:start w:val="11"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="952" w:hanging="384"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1648" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -15815,138 +15596,137 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="930355507">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="2094273164">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="2061249295">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="760565287">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="2034307710">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="2114857386">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1960723477">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="233321844">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="2003728150">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1128015241">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="696810634">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1440107400">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="61761589">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="844052512">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1039738772">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1900507921">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="473765188">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="484668196">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="1067458155">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="1687756869">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="2001079387">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="990670627">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="1400320279">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="130489810">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="107162439">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="1687443177">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="1705016696">
     <w:abstractNumId w:val="25"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="110"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001946E0"/>
     <w:rsid w:val="0000449F"/>
     <w:rsid w:val="000208C7"/>
     <w:rsid w:val="00033216"/>
     <w:rsid w:val="00042076"/>
@@ -15957,90 +15737,92 @@
     <w:rsid w:val="0007192B"/>
     <w:rsid w:val="00077EFC"/>
     <w:rsid w:val="000866A2"/>
     <w:rsid w:val="000B4369"/>
     <w:rsid w:val="000B7226"/>
     <w:rsid w:val="000C39D5"/>
     <w:rsid w:val="000C6641"/>
     <w:rsid w:val="000D2EF4"/>
     <w:rsid w:val="000D7DDD"/>
     <w:rsid w:val="000E3078"/>
     <w:rsid w:val="000F316C"/>
     <w:rsid w:val="00101FB4"/>
     <w:rsid w:val="001165F6"/>
     <w:rsid w:val="001302FC"/>
     <w:rsid w:val="00130591"/>
     <w:rsid w:val="00150C4C"/>
     <w:rsid w:val="001946E0"/>
     <w:rsid w:val="001B3842"/>
     <w:rsid w:val="001C3EB2"/>
     <w:rsid w:val="001E65AF"/>
     <w:rsid w:val="00217817"/>
     <w:rsid w:val="002212E2"/>
     <w:rsid w:val="00231E22"/>
     <w:rsid w:val="0027372F"/>
     <w:rsid w:val="002814CE"/>
+    <w:rsid w:val="002A0BA3"/>
     <w:rsid w:val="002A241E"/>
     <w:rsid w:val="002A6832"/>
     <w:rsid w:val="002B2325"/>
     <w:rsid w:val="002B2A5F"/>
     <w:rsid w:val="002D3395"/>
     <w:rsid w:val="002E5CE8"/>
     <w:rsid w:val="002F1A79"/>
     <w:rsid w:val="00304EF8"/>
     <w:rsid w:val="00326676"/>
     <w:rsid w:val="00326C2C"/>
     <w:rsid w:val="00327B2F"/>
     <w:rsid w:val="00333D93"/>
     <w:rsid w:val="003457E6"/>
     <w:rsid w:val="003646C4"/>
     <w:rsid w:val="003660E6"/>
     <w:rsid w:val="00390545"/>
     <w:rsid w:val="003916BC"/>
     <w:rsid w:val="003B1174"/>
     <w:rsid w:val="003B2B7B"/>
     <w:rsid w:val="003B4146"/>
     <w:rsid w:val="003B4D48"/>
     <w:rsid w:val="003B50D4"/>
     <w:rsid w:val="003C60C3"/>
     <w:rsid w:val="003C677D"/>
     <w:rsid w:val="003C6D98"/>
     <w:rsid w:val="003D5382"/>
     <w:rsid w:val="003D6783"/>
     <w:rsid w:val="003E69E0"/>
     <w:rsid w:val="00402469"/>
     <w:rsid w:val="00407D4F"/>
     <w:rsid w:val="00410A37"/>
     <w:rsid w:val="00411E1E"/>
     <w:rsid w:val="00412878"/>
     <w:rsid w:val="00421FEB"/>
     <w:rsid w:val="00422811"/>
     <w:rsid w:val="00425EA2"/>
     <w:rsid w:val="004604AA"/>
     <w:rsid w:val="00477BB8"/>
     <w:rsid w:val="00483302"/>
     <w:rsid w:val="004934A1"/>
+    <w:rsid w:val="004E2A7B"/>
     <w:rsid w:val="004E4753"/>
     <w:rsid w:val="004F1CDF"/>
     <w:rsid w:val="004F7C32"/>
     <w:rsid w:val="005153F1"/>
     <w:rsid w:val="0052693D"/>
     <w:rsid w:val="005464F2"/>
     <w:rsid w:val="0055031A"/>
     <w:rsid w:val="00562FCB"/>
     <w:rsid w:val="005819E3"/>
     <w:rsid w:val="0058420A"/>
     <w:rsid w:val="005A6F60"/>
     <w:rsid w:val="005B03ED"/>
     <w:rsid w:val="005C184A"/>
     <w:rsid w:val="005C45E2"/>
     <w:rsid w:val="005D5B24"/>
     <w:rsid w:val="005E110A"/>
     <w:rsid w:val="005E4F4E"/>
     <w:rsid w:val="005F756A"/>
     <w:rsid w:val="00607296"/>
     <w:rsid w:val="0061026C"/>
     <w:rsid w:val="00644481"/>
     <w:rsid w:val="006607F0"/>
     <w:rsid w:val="00661570"/>
     <w:rsid w:val="00695011"/>
     <w:rsid w:val="006A1FD9"/>
@@ -16119,50 +15901,51 @@
     <w:rsid w:val="00A80CEC"/>
     <w:rsid w:val="00A84AEB"/>
     <w:rsid w:val="00A854B0"/>
     <w:rsid w:val="00A947DB"/>
     <w:rsid w:val="00A94F44"/>
     <w:rsid w:val="00AB3F4F"/>
     <w:rsid w:val="00AC75B4"/>
     <w:rsid w:val="00AC7E37"/>
     <w:rsid w:val="00AD3158"/>
     <w:rsid w:val="00B1531E"/>
     <w:rsid w:val="00B17A67"/>
     <w:rsid w:val="00B2723E"/>
     <w:rsid w:val="00B31574"/>
     <w:rsid w:val="00B31A61"/>
     <w:rsid w:val="00B35B32"/>
     <w:rsid w:val="00B43086"/>
     <w:rsid w:val="00B45425"/>
     <w:rsid w:val="00B514AA"/>
     <w:rsid w:val="00B56BFA"/>
     <w:rsid w:val="00B60FB3"/>
     <w:rsid w:val="00B61B4D"/>
     <w:rsid w:val="00B94ACB"/>
     <w:rsid w:val="00BB392D"/>
     <w:rsid w:val="00BD5F75"/>
     <w:rsid w:val="00BD7811"/>
+    <w:rsid w:val="00C02A1A"/>
     <w:rsid w:val="00C1035E"/>
     <w:rsid w:val="00C1593F"/>
     <w:rsid w:val="00C20794"/>
     <w:rsid w:val="00C3284E"/>
     <w:rsid w:val="00C52D37"/>
     <w:rsid w:val="00C72E78"/>
     <w:rsid w:val="00C84FAE"/>
     <w:rsid w:val="00CA3FCF"/>
     <w:rsid w:val="00CA5C9A"/>
     <w:rsid w:val="00CB1419"/>
     <w:rsid w:val="00CB3901"/>
     <w:rsid w:val="00CB44A9"/>
     <w:rsid w:val="00CB6217"/>
     <w:rsid w:val="00CB6678"/>
     <w:rsid w:val="00CF371A"/>
     <w:rsid w:val="00D119B1"/>
     <w:rsid w:val="00D21DF6"/>
     <w:rsid w:val="00D348A7"/>
     <w:rsid w:val="00D55774"/>
     <w:rsid w:val="00D710DD"/>
     <w:rsid w:val="00D857F4"/>
     <w:rsid w:val="00D96167"/>
     <w:rsid w:val="00DA5288"/>
     <w:rsid w:val="00DB7B32"/>
     <w:rsid w:val="00DC0434"/>
@@ -16205,73 +15988,73 @@
     <w:rsid w:val="00FF3103"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="231BA69E"/>
+  <w14:docId w14:val="797AFA26"/>
   <w15:docId w15:val="{32842FE1-BC44-4B56-AC45-62DCC298CC7F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="sv-SE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -16603,50 +16386,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="000E3078"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="006D02A4"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="A5A5A5" w:themeColor="accent1" w:themeShade="BF"/>
@@ -16773,67 +16557,65 @@
       <w:bCs/>
       <w:color w:val="A5A5A5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
     <w:name w:val="Rubrik 2 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="009A77C0"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006D02A4"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="006D02A4"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006D02A4"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
     <w:name w:val="Sidfot Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="006D02A4"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehllsfrteckningsrubrik">
@@ -16907,51 +16689,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00A15923"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="234629018">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1014764307">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -17102,51 +16884,51 @@
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="383873305">
           <w:marLeft w:val="562"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="100"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image30.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image33.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="cid:image007.png@01D7BF56.0D0E90B0" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="cid:image002.jpg@01D7BF58.142475C0" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="cid:image008.png@01D7BF56.6BB3B0F0" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.miun.se/medarbetare/gemensamt/Ekonomifragor/budget-och-prognos/hypergene/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image31.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image36.png"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image41.png"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image34.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image38.png"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image40.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image29.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image37.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image32.png"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image42.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image39.jpeg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hypergene.miun.se/hypergene" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image35.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="cid:image004.jpg@01D7BF58.142475C0" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image30.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image33.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="cid:image007.png@01D7BF56.0D0E90B0" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="cid:image002.jpg@01D7BF58.142475C0" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="cid:image008.png@01D7BF56.6BB3B0F0" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.miun.se/medarbetare/gemensamt/Ekonomifragor/budget-och-prognos/hypergene/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image31.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image36.png"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image41.png"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image34.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image38.png"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image40.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image29.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image37.png"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image32.png"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image42.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image39.jpeg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hypergene.miun.se/hypergene" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image35.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="cid:image004.jpg@01D7BF58.142475C0" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Gråskala">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="F8F8F8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="DDDDDD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="B2B2B2"/>
       </a:accent2>
       <a:accent3>
@@ -17387,73 +17169,111 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B2BC27A9-0B0C-4F31-813D-81C698CF4624}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>26</Pages>
-  <Words>4848</Words>
-  <Characters>25699</Characters>
+  <Words>4847</Words>
+  <Characters>25695</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>214</Lines>
   <Paragraphs>60</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Mittuniversitetet</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>30487</CharactersWithSpaces>
+  <CharactersWithSpaces>30482</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Hallberg Ingrid</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ClassificationContentMarkingHeaderShapeIds">
+    <vt:lpwstr>6fb4c7d7,46d15374,20e8a0c7</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ClassificationContentMarkingHeaderFontProps">
+    <vt:lpwstr>#000000,10,Calibri</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ClassificationContentMarkingHeaderText">
+    <vt:lpwstr>Begränsad delning</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_e7a9e035-fc31-4a12-9147-f5d37fc656b3_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_e7a9e035-fc31-4a12-9147-f5d37fc656b3_SetDate">
+    <vt:lpwstr>2025-10-29T09:39:34Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_e7a9e035-fc31-4a12-9147-f5d37fc656b3_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_e7a9e035-fc31-4a12-9147-f5d37fc656b3_Name">
+    <vt:lpwstr>Begränsad delning</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_e7a9e035-fc31-4a12-9147-f5d37fc656b3_SiteId">
+    <vt:lpwstr>8234e57a-f0d7-4e7d-bac5-8f1a2c565e73</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_e7a9e035-fc31-4a12-9147-f5d37fc656b3_ActionId">
+    <vt:lpwstr>3d5568bb-1fba-4dc0-b42c-257179c1d226</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_e7a9e035-fc31-4a12-9147-f5d37fc656b3_ContentBits">
+    <vt:lpwstr>1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_e7a9e035-fc31-4a12-9147-f5d37fc656b3_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>